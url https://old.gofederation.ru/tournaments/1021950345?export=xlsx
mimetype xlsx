--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -62,315 +62,315 @@
   <si>
     <t>Очки</t>
   </si>
   <si>
     <t>Бухг</t>
   </si>
   <si>
     <t>Берг</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>Балашова Мария</t>
   </si>
   <si>
     <t>Рязань</t>
   </si>
   <si>
     <t>10+</t>
   </si>
   <si>
     <t>18+</t>
   </si>
   <si>
+    <t>7-</t>
+  </si>
+  <si>
+    <t>2+</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Сазонова Екатерина</t>
+  </si>
+  <si>
+    <t>6+</t>
+  </si>
+  <si>
+    <t>12+</t>
+  </si>
+  <si>
+    <t>4+</t>
+  </si>
+  <si>
+    <t>1-</t>
+  </si>
+  <si>
+    <t>Бетехтина Юлия</t>
+  </si>
+  <si>
+    <t>20+</t>
+  </si>
+  <si>
+    <t>4-</t>
+  </si>
+  <si>
+    <t>8+</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Кузнецова Татьяна_С</t>
+  </si>
+  <si>
+    <t>29+</t>
+  </si>
+  <si>
+    <t>3+</t>
+  </si>
+  <si>
+    <t>2-</t>
+  </si>
+  <si>
+    <t>7+</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Абрамова аталья</t>
+  </si>
+  <si>
+    <t>27+</t>
+  </si>
+  <si>
+    <t>13+</t>
+  </si>
+  <si>
+    <t>9-</t>
+  </si>
+  <si>
+    <t>14+</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Ильичева Елизавета</t>
+  </si>
+  <si>
+    <t>17+</t>
+  </si>
+  <si>
+    <t>15+</t>
+  </si>
+  <si>
+    <t>Ваничкина Арина</t>
+  </si>
+  <si>
+    <t>23+</t>
+  </si>
+  <si>
+    <t>24+</t>
+  </si>
+  <si>
+    <t>1+</t>
+  </si>
+  <si>
+    <t>Маркина Елизавета</t>
+  </si>
+  <si>
+    <t>11+</t>
+  </si>
+  <si>
+    <t>3-</t>
+  </si>
+  <si>
+    <t>Русина Вера</t>
+  </si>
+  <si>
+    <t>26+</t>
+  </si>
+  <si>
+    <t>25+</t>
+  </si>
+  <si>
+    <t>5+</t>
+  </si>
+  <si>
+    <t>11-</t>
+  </si>
+  <si>
+    <t>Курышева Дарья</t>
+  </si>
+  <si>
+    <t>30+</t>
+  </si>
+  <si>
+    <t>Таранова Мария</t>
+  </si>
+  <si>
+    <t>8-</t>
+  </si>
+  <si>
+    <t>16-</t>
+  </si>
+  <si>
+    <t>9+</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Фатеева Мария</t>
+  </si>
+  <si>
+    <t>19+</t>
+  </si>
+  <si>
+    <t>10-</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Задубровская Александра</t>
+  </si>
+  <si>
+    <t>5-</t>
+  </si>
+  <si>
+    <t>19-</t>
+  </si>
+  <si>
+    <t>16+</t>
+  </si>
+  <si>
+    <t>Панкратова Ксения</t>
+  </si>
+  <si>
+    <t>13-</t>
+  </si>
+  <si>
+    <t>Захарова Елизавета</t>
+  </si>
+  <si>
+    <t>28+</t>
+  </si>
+  <si>
     <t>6-</t>
   </si>
   <si>
-    <t>2+</t>
-[...187 lines deleted...]
-  <si>
     <t>Андронова Мария</t>
   </si>
   <si>
     <t>14-</t>
   </si>
   <si>
     <t>Бурдасова Анастасия</t>
   </si>
   <si>
     <t>21+</t>
   </si>
   <si>
     <t>Курцова Виктория</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Буханова Дарья</t>
   </si>
   <si>
     <t>12-</t>
   </si>
   <si>
+    <t>26-</t>
+  </si>
+  <si>
+    <t>Кратенко Маргарита</t>
+  </si>
+  <si>
+    <t>Бычкова Анастасия</t>
+  </si>
+  <si>
     <t>25-</t>
   </si>
   <si>
-    <t>Кратенко Маргарита</t>
-[...7 lines deleted...]
-  <si>
     <t>17-</t>
   </si>
   <si>
     <t>Супакова Ирина</t>
   </si>
   <si>
+    <t>24-</t>
+  </si>
+  <si>
     <t>23-</t>
   </si>
   <si>
-    <t>24-</t>
+    <t>Шульц Виктория</t>
+  </si>
+  <si>
+    <t>22+</t>
+  </si>
+  <si>
+    <t>18-</t>
   </si>
   <si>
     <t>Рынина Светлана</t>
   </si>
   <si>
-    <t>22+</t>
-[...1 lines deleted...]
-  <si>
     <t>20-</t>
   </si>
   <si>
-    <t>Шульц Виктория</t>
-[...2 lines deleted...]
-    <t>18-</t>
+    <t>Рязанова Анастасия</t>
   </si>
   <si>
     <t>Еремина Мария</t>
   </si>
   <si>
     <t>15-</t>
   </si>
   <si>
     <t>21-</t>
-  </si>
-[...1 lines deleted...]
-    <t>Рязанова Анастасия</t>
   </si>
   <si>
     <t>Харютина Карина</t>
   </si>
   <si>
     <t>22-</t>
   </si>
   <si>
     <t>Потапова Ксения</t>
   </si>
   <si>
     <t>27-</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Гаврикова Олеся</t>
   </si>
   <si>
     <t>Никанкина Дарья</t>
   </si>
   <si>
     <t>28-</t>
   </si>
@@ -1010,154 +1010,154 @@
       </c>
       <c r="L6" t="s">
         <v>18</v>
       </c>
       <c r="M6" t="s">
         <v>42</v>
       </c>
       <c r="N6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I7" t="s">
         <v>44</v>
       </c>
-      <c r="H7" t="s">
+      <c r="J7" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K7" t="s">
         <v>16</v>
       </c>
       <c r="L7" t="s">
         <v>18</v>
       </c>
       <c r="M7" t="s">
         <v>42</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8">
+        <v>0</v>
+      </c>
+      <c r="E8">
+        <v>164</v>
+      </c>
+      <c r="F8">
+        <v>0</v>
+      </c>
+      <c r="G8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H8" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="I8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J8" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="K8" t="s">
         <v>16</v>
       </c>
       <c r="L8" t="s">
         <v>18</v>
       </c>
       <c r="M8" t="s">
         <v>42</v>
       </c>
       <c r="N8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9">
         <v>160</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9" t="s">
         <v>52</v>
       </c>
       <c r="J9" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="K9" t="s">
         <v>16</v>
       </c>
       <c r="L9" t="s">
         <v>18</v>
       </c>
       <c r="M9" t="s">
         <v>42</v>
       </c>
       <c r="N9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10">
@@ -1198,89 +1198,89 @@
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
       <c r="E11">
         <v>160</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11" t="s">
         <v>23</v>
       </c>
       <c r="H11" t="s">
         <v>59</v>
       </c>
       <c r="I11" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="J11" t="s">
         <v>21</v>
       </c>
       <c r="K11" t="s">
         <v>16</v>
       </c>
       <c r="L11" t="s">
         <v>36</v>
       </c>
       <c r="M11" t="s">
         <v>16</v>
       </c>
       <c r="N11">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12">
         <v>48</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="H12" t="s">
         <v>61</v>
       </c>
       <c r="I12" t="s">
         <v>62</v>
       </c>
       <c r="J12" t="s">
         <v>63</v>
       </c>
       <c r="K12" t="s">
         <v>64</v>
       </c>
       <c r="L12" t="s">
         <v>28</v>
       </c>
       <c r="M12" t="s">
         <v>42</v>
       </c>
       <c r="N12">
         <v>11</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
@@ -1550,51 +1550,51 @@
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
       <c r="E19">
         <v>48</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19" t="s">
         <v>59</v>
       </c>
       <c r="H19" t="s">
         <v>23</v>
       </c>
       <c r="I19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="J19" t="s">
         <v>52</v>
       </c>
       <c r="K19" t="s">
         <v>64</v>
       </c>
       <c r="L19" t="s">
         <v>29</v>
       </c>
       <c r="M19" t="s">
         <v>83</v>
       </c>
       <c r="N19">
         <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
@@ -1641,51 +1641,51 @@
       <c r="B21" t="s">
         <v>87</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>44</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21" t="s">
         <v>31</v>
       </c>
       <c r="I21" t="s">
         <v>85</v>
       </c>
       <c r="J21" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="K21" t="s">
         <v>64</v>
       </c>
       <c r="L21" t="s">
         <v>36</v>
       </c>
       <c r="M21" t="s">
         <v>83</v>
       </c>
       <c r="N21">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22">
@@ -1764,192 +1764,192 @@
       </c>
       <c r="N23">
         <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24">
         <v>0</v>
       </c>
       <c r="E24">
         <v>40</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>95</v>
       </c>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I24" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="J24" t="s">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="K24" t="s">
         <v>83</v>
       </c>
       <c r="L24" t="s">
         <v>28</v>
       </c>
       <c r="M24" t="s">
         <v>64</v>
       </c>
       <c r="N24">
         <v>23</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
       <c r="E25">
         <v>40</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H25" t="s">
         <v>14</v>
       </c>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I25" t="s">
+        <v>67</v>
+      </c>
+      <c r="J25" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="K25" t="s">
         <v>83</v>
       </c>
       <c r="L25" t="s">
         <v>28</v>
       </c>
       <c r="M25" t="s">
         <v>64</v>
       </c>
       <c r="N25">
         <v>23</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26">
         <v>0</v>
       </c>
       <c r="E26">
         <v>40</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26" t="s">
+        <v>81</v>
+      </c>
+      <c r="H26" t="s">
         <v>40</v>
       </c>
-      <c r="H26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I26" t="s">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="J26" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
       <c r="K26" t="s">
         <v>83</v>
       </c>
       <c r="L26" t="s">
         <v>35</v>
       </c>
       <c r="M26" t="s">
         <v>64</v>
       </c>
       <c r="N26">
         <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27">
         <v>0</v>
       </c>
       <c r="E27">
         <v>40</v>
       </c>
       <c r="F27">
         <v>0</v>
       </c>
       <c r="G27" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="H27" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="I27" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="J27" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="K27" t="s">
         <v>83</v>
       </c>
       <c r="L27" t="s">
         <v>35</v>
       </c>
       <c r="M27" t="s">
         <v>64</v>
       </c>
       <c r="N27">
         <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>103</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28">
@@ -1987,136 +1987,136 @@
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>105</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29">
         <v>0</v>
       </c>
       <c r="E29">
         <v>40</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I29" t="s">
         <v>106</v>
       </c>
       <c r="J29" t="s">
         <v>59</v>
       </c>
       <c r="K29" t="s">
         <v>83</v>
       </c>
       <c r="L29" t="s">
         <v>42</v>
       </c>
       <c r="M29" t="s">
         <v>107</v>
       </c>
       <c r="N29">
         <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>108</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
       <c r="E30">
         <v>40</v>
       </c>
       <c r="F30">
         <v>0</v>
       </c>
       <c r="G30" t="s">
         <v>26</v>
       </c>
       <c r="H30" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J30" t="s">
         <v>90</v>
       </c>
       <c r="K30" t="s">
         <v>107</v>
       </c>
       <c r="L30" t="s">
         <v>35</v>
       </c>
       <c r="M30" t="s">
         <v>107</v>
       </c>
       <c r="N30">
         <v>29</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>109</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31">
         <v>0</v>
       </c>
       <c r="E31">
         <v>40</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H31" t="s">
         <v>67</v>
       </c>
       <c r="I31" t="s">
         <v>104</v>
       </c>
       <c r="J31" t="s">
         <v>110</v>
       </c>
       <c r="K31" t="s">
         <v>107</v>
       </c>
       <c r="L31" t="s">
         <v>18</v>
       </c>
       <c r="M31" t="s">
         <v>107</v>
       </c>
       <c r="N31">
         <v>30</v>
       </c>
     </row>
   </sheetData>
 </worksheet>