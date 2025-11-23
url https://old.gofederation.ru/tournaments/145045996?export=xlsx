--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -98,186 +98,186 @@
   <si>
     <t>Нестеров	/ Леснякова</t>
   </si>
   <si>
     <t>7+</t>
   </si>
   <si>
     <t>6+</t>
   </si>
   <si>
     <t>1-</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Тулин / Смирнова</t>
   </si>
   <si>
     <t>14+</t>
   </si>
   <si>
+    <t>12+</t>
+  </si>
+  <si>
+    <t>13+</t>
+  </si>
+  <si>
+    <t>5-</t>
+  </si>
+  <si>
+    <t>4+</t>
+  </si>
+  <si>
+    <t>Бокастов / Плюгина</t>
+  </si>
+  <si>
+    <t>9+</t>
+  </si>
+  <si>
+    <t>16+</t>
+  </si>
+  <si>
+    <t>17+</t>
+  </si>
+  <si>
+    <t>6-</t>
+  </si>
+  <si>
+    <t>3-</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Елисеев / Антонова</t>
+  </si>
+  <si>
+    <t>3+</t>
+  </si>
+  <si>
+    <t>4-</t>
+  </si>
+  <si>
+    <t>Кашевник / Вдовенко</t>
+  </si>
+  <si>
+    <t>2-</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Клубников / Клубникова</t>
+  </si>
+  <si>
+    <t>15+</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Бурмагин / Крайнова</t>
+  </si>
+  <si>
+    <t>10+</t>
+  </si>
+  <si>
+    <t>7-</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Выдрин / Гриднева</t>
+  </si>
+  <si>
+    <t>8-</t>
+  </si>
+  <si>
+    <t>Мельниченко / Михайлова</t>
+  </si>
+  <si>
+    <t>9-</t>
+  </si>
+  <si>
+    <t>Мамонтов / Пьянкова</t>
+  </si>
+  <si>
+    <t>12-</t>
+  </si>
+  <si>
+    <t>13-</t>
+  </si>
+  <si>
+    <t>18+</t>
+  </si>
+  <si>
+    <t>Згода / Добровольская</t>
+  </si>
+  <si>
     <t>11+</t>
   </si>
   <si>
-    <t>13+</t>
-[...89 lines deleted...]
-    <t>Мамонтов / Пьянкова</t>
+    <t>Науменко / Попова</t>
+  </si>
+  <si>
+    <t>Балакшин / Балакшина</t>
+  </si>
+  <si>
+    <t>Ситдиков / Коваленко</t>
   </si>
   <si>
     <t>11-</t>
   </si>
   <si>
-    <t>13-</t>
-[...5 lines deleted...]
-    <t>Балакшин / Балакшина</t>
+    <t>14-</t>
   </si>
   <si>
     <t>Давтян / Коваленко</t>
   </si>
   <si>
     <t>10-</t>
   </si>
   <si>
-    <t>Ситдиков / Коваленко</t>
-[...7 lines deleted...]
-  <si>
     <t>Абаза / Абаза</t>
   </si>
   <si>
+    <t>16-</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>четн. пара</t>
+  </si>
+  <si>
     <t>15-</t>
-  </si>
-[...7 lines deleted...]
-    <t>16-</t>
   </si>
   <si>
     <t>Кальсберг Эльвина</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Клубников Георгий</t>
   </si>
   <si>
     <t>Пятигорск</t>
   </si>
   <si>
     <t>Нестеров Владимир</t>
   </si>
   <si>
     <t>Горжалцан Владимир</t>
   </si>
   <si>
     <t>Елисеев Илья</t>
   </si>
   <si>
     <t>Бурмагин Андрей</t>
   </si>
@@ -1365,116 +1365,116 @@
       </c>
       <c r="R11">
         <v>9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>54</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12" t="s">
         <v>55</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>56</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="K12" t="s">
         <v>12</v>
       </c>
       <c r="L12" t="s">
         <v>12</v>
       </c>
       <c r="M12" t="s">
         <v>12</v>
       </c>
       <c r="N12" t="s">
         <v>12</v>
       </c>
       <c r="O12" t="s">
         <v>23</v>
       </c>
       <c r="P12" t="s">
         <v>17</v>
       </c>
       <c r="Q12" t="s">
         <v>17</v>
       </c>
       <c r="R12">
         <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I13" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="J13" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="K13" t="s">
         <v>12</v>
       </c>
       <c r="L13" t="s">
         <v>12</v>
       </c>
       <c r="M13" t="s">
         <v>12</v>
       </c>
       <c r="N13" t="s">
         <v>12</v>
       </c>
       <c r="O13" t="s">
         <v>23</v>
       </c>
       <c r="P13" t="s">
         <v>17</v>
       </c>
       <c r="Q13" t="s">
         <v>17</v>
       </c>
       <c r="R13">
         <v>9</v>
       </c>
@@ -1483,51 +1483,51 @@
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>60</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>25</v>
       </c>
       <c r="I14" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="J14" t="s">
         <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>12</v>
       </c>
       <c r="L14" t="s">
         <v>12</v>
       </c>
       <c r="M14" t="s">
         <v>12</v>
       </c>
       <c r="N14" t="s">
         <v>12</v>
       </c>
       <c r="O14" t="s">
         <v>23</v>
       </c>
       <c r="P14" t="s">
         <v>17</v>
       </c>
       <c r="Q14" t="s">
         <v>17</v>
       </c>
@@ -1536,216 +1536,216 @@
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="I15" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="J15" t="s">
         <v>44</v>
       </c>
       <c r="K15" t="s">
         <v>12</v>
       </c>
       <c r="L15" t="s">
         <v>12</v>
       </c>
       <c r="M15" t="s">
         <v>12</v>
       </c>
       <c r="N15" t="s">
         <v>12</v>
       </c>
       <c r="O15" t="s">
         <v>23</v>
       </c>
       <c r="P15" t="s">
         <v>17</v>
       </c>
       <c r="Q15" t="s">
         <v>17</v>
       </c>
       <c r="R15">
         <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>62</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16">
         <v>0</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="H16" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="I16" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="J16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K16" t="s">
         <v>12</v>
       </c>
       <c r="L16" t="s">
         <v>12</v>
       </c>
       <c r="M16" t="s">
         <v>12</v>
       </c>
       <c r="N16" t="s">
         <v>12</v>
       </c>
       <c r="O16" t="s">
         <v>17</v>
       </c>
       <c r="P16" t="s">
         <v>17</v>
       </c>
       <c r="Q16" t="s">
         <v>17</v>
       </c>
       <c r="R16">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="H17" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="I17" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="J17" t="s">
         <v>66</v>
       </c>
       <c r="K17" t="s">
         <v>12</v>
       </c>
       <c r="L17" t="s">
         <v>12</v>
       </c>
       <c r="M17" t="s">
         <v>12</v>
       </c>
       <c r="N17" t="s">
         <v>12</v>
       </c>
       <c r="O17" t="s">
         <v>17</v>
       </c>
       <c r="P17" t="s">
         <v>17</v>
       </c>
       <c r="Q17" t="s">
         <v>17</v>
       </c>
       <c r="R17">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>67</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="G18" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H18" t="s">
         <v>68</v>
       </c>
       <c r="I18" t="s">
         <v>53</v>
       </c>
       <c r="J18" t="s">
         <v>39</v>
       </c>
       <c r="K18" t="s">
         <v>12</v>
       </c>
       <c r="L18" t="s">
         <v>12</v>
       </c>
       <c r="M18" t="s">
         <v>12</v>
       </c>
       <c r="N18" t="s">
         <v>12</v>
       </c>
       <c r="O18" t="s">
         <v>69</v>
       </c>
@@ -1757,60 +1757,60 @@
       </c>
       <c r="R18">
         <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="H19" t="s">
         <v>71</v>
       </c>
       <c r="I19" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="J19" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="K19" t="s">
         <v>12</v>
       </c>
       <c r="L19" t="s">
         <v>12</v>
       </c>
       <c r="M19" t="s">
         <v>12</v>
       </c>
       <c r="N19" t="s">
         <v>12</v>
       </c>
       <c r="O19" t="s">
         <v>69</v>
       </c>
       <c r="P19" t="s">
         <v>17</v>
       </c>
       <c r="Q19" t="s">
         <v>69</v>
       </c>
       <c r="R19">
         <v>18</v>
       </c>