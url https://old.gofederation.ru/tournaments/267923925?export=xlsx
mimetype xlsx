--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -50,159 +50,159 @@
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Р-г до</t>
   </si>
   <si>
     <t>Р-г после</t>
   </si>
   <si>
     <t>MM0</t>
   </si>
   <si>
     <t>Очки</t>
   </si>
   <si>
     <t>Бухг</t>
   </si>
   <si>
     <t>Берг</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
+    <t>Ветров Юрий</t>
+  </si>
+  <si>
+    <t>Москва</t>
+  </si>
+  <si>
+    <t>5+</t>
+  </si>
+  <si>
+    <t>41+</t>
+  </si>
+  <si>
+    <t>31+</t>
+  </si>
+  <si>
+    <t>3+</t>
+  </si>
+  <si>
+    <t>2-</t>
+  </si>
+  <si>
+    <t>12+</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
     <t>Парадиев Иван</t>
   </si>
   <si>
     <t>Новокузнецк</t>
   </si>
   <si>
     <t>42+</t>
   </si>
   <si>
     <t>9+</t>
   </si>
   <si>
     <t>8+</t>
   </si>
   <si>
     <t>11+</t>
   </si>
   <si>
+    <t>1+</t>
+  </si>
+  <si>
+    <t>4-</t>
+  </si>
+  <si>
+    <t>Штанова Анна</t>
+  </si>
+  <si>
+    <t>Волгоград</t>
+  </si>
+  <si>
+    <t>35+</t>
+  </si>
+  <si>
+    <t>10+</t>
+  </si>
+  <si>
+    <t>4+</t>
+  </si>
+  <si>
+    <t>1-</t>
+  </si>
+  <si>
+    <t>15+</t>
+  </si>
+  <si>
+    <t>17+</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Преображенская Софья</t>
+  </si>
+  <si>
+    <t>Тверь</t>
+  </si>
+  <si>
+    <t>23+</t>
+  </si>
+  <si>
+    <t>20+</t>
+  </si>
+  <si>
+    <t>3-</t>
+  </si>
+  <si>
+    <t>38+</t>
+  </si>
+  <si>
+    <t>24+</t>
+  </si>
+  <si>
     <t>2+</t>
-  </si>
-[...88 lines deleted...]
-    <t>1+</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Филин Артемий</t>
   </si>
   <si>
     <t>32+</t>
   </si>
   <si>
     <t>7+</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Юдин Андрей</t>
   </si>
@@ -1090,101 +1090,101 @@
       </c>
       <c r="N1" t="s">
         <v>7</v>
       </c>
       <c r="O1" t="s">
         <v>8</v>
       </c>
       <c r="P1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
         <v>200</v>
       </c>
       <c r="E2">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>14</v>
       </c>
       <c r="J2" t="s">
         <v>15</v>
       </c>
       <c r="K2" t="s">
         <v>16</v>
       </c>
       <c r="L2" t="s">
         <v>17</v>
       </c>
       <c r="M2" t="s">
         <v>18</v>
       </c>
       <c r="N2" t="s">
         <v>19</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>21</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3">
         <v>200</v>
       </c>
       <c r="E3">
-        <v>480</v>
+        <v>465</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>25</v>
       </c>
       <c r="J3" t="s">
         <v>26</v>
       </c>
       <c r="K3" t="s">
         <v>27</v>
       </c>
       <c r="L3" t="s">
         <v>28</v>
       </c>
       <c r="M3" t="s">
         <v>18</v>
       </c>
@@ -1284,101 +1284,101 @@
       </c>
       <c r="L5" t="s">
         <v>46</v>
       </c>
       <c r="M5" t="s">
         <v>18</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D6">
         <v>234</v>
       </c>
       <c r="E6">
         <v>412</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
       <c r="I6" t="s">
         <v>50</v>
       </c>
       <c r="J6" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>18</v>
       </c>
       <c r="N6" t="s">
         <v>52</v>
       </c>
       <c r="O6" t="s">
         <v>53</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D7">
         <v>117</v>
       </c>
       <c r="E7">
         <v>375</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7" t="s">
         <v>55</v>
       </c>
       <c r="H7" t="s">
         <v>56</v>
       </c>
       <c r="I7" t="s">
         <v>57</v>
       </c>
       <c r="J7" t="s">
         <v>58</v>
       </c>
       <c r="K7" t="s">
         <v>57</v>
       </c>
@@ -1434,116 +1434,116 @@
       </c>
       <c r="L8" t="s">
         <v>67</v>
       </c>
       <c r="M8" t="s">
         <v>60</v>
       </c>
       <c r="N8" t="s">
         <v>47</v>
       </c>
       <c r="O8" t="s">
         <v>68</v>
       </c>
       <c r="P8">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D9">
         <v>318</v>
       </c>
       <c r="E9">
         <v>387</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="J9" t="s">
         <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>72</v>
       </c>
       <c r="L9" t="s">
         <v>66</v>
       </c>
       <c r="M9" t="s">
         <v>60</v>
       </c>
       <c r="N9" t="s">
         <v>52</v>
       </c>
       <c r="O9" t="s">
         <v>73</v>
       </c>
       <c r="P9">
         <v>7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>74</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D10">
         <v>227</v>
       </c>
       <c r="E10">
         <v>301</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10" t="s">
         <v>75</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="I10" t="s">
         <v>42</v>
       </c>
       <c r="J10" t="s">
         <v>76</v>
       </c>
       <c r="K10" t="s">
         <v>77</v>
       </c>
       <c r="L10" t="s">
         <v>45</v>
       </c>
       <c r="M10" t="s">
         <v>60</v>
       </c>
       <c r="N10" t="s">
         <v>52</v>
       </c>
       <c r="O10" t="s">
         <v>73</v>
       </c>
       <c r="P10">
         <v>7</v>
       </c>
@@ -1584,125 +1584,125 @@
       </c>
       <c r="L11" t="s">
         <v>35</v>
       </c>
       <c r="M11" t="s">
         <v>60</v>
       </c>
       <c r="N11" t="s">
         <v>52</v>
       </c>
       <c r="O11" t="s">
         <v>73</v>
       </c>
       <c r="P11">
         <v>7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>83</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D12">
         <v>200</v>
       </c>
       <c r="E12">
         <v>358</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12" t="s">
         <v>82</v>
       </c>
       <c r="H12" t="s">
         <v>84</v>
       </c>
       <c r="I12" t="s">
         <v>59</v>
       </c>
       <c r="J12" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="K12" t="s">
         <v>76</v>
       </c>
       <c r="L12" t="s">
         <v>85</v>
       </c>
       <c r="M12" t="s">
         <v>60</v>
       </c>
       <c r="N12" t="s">
         <v>52</v>
       </c>
       <c r="O12" t="s">
         <v>73</v>
       </c>
       <c r="P12">
         <v>7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>86</v>
       </c>
       <c r="C13" t="s">
         <v>87</v>
       </c>
       <c r="D13">
         <v>200</v>
       </c>
       <c r="E13">
         <v>310</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13" t="s">
         <v>88</v>
       </c>
       <c r="H13" t="s">
         <v>89</v>
       </c>
       <c r="I13" t="s">
         <v>85</v>
       </c>
       <c r="J13" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="L13" t="s">
         <v>34</v>
       </c>
       <c r="M13" t="s">
         <v>60</v>
       </c>
       <c r="N13" t="s">
         <v>90</v>
       </c>
       <c r="O13" t="s">
         <v>91</v>
       </c>
       <c r="P13">
         <v>8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>92</v>
       </c>
       <c r="C14" t="s">
@@ -1849,51 +1849,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>110</v>
       </c>
       <c r="C17" t="s">
         <v>111</v>
       </c>
       <c r="D17">
         <v>388</v>
       </c>
       <c r="E17">
         <v>429</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17" t="s">
         <v>112</v>
       </c>
       <c r="H17" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="I17" t="s">
         <v>113</v>
       </c>
       <c r="J17" t="s">
         <v>75</v>
       </c>
       <c r="K17" t="s">
         <v>57</v>
       </c>
       <c r="L17" t="s">
         <v>94</v>
       </c>
       <c r="M17" t="s">
         <v>107</v>
       </c>
       <c r="N17" t="s">
         <v>114</v>
       </c>
       <c r="O17" t="s">
         <v>115</v>
       </c>
       <c r="P17">
         <v>12</v>
       </c>
@@ -1984,122 +1984,122 @@
       </c>
       <c r="L19" t="s">
         <v>113</v>
       </c>
       <c r="M19" t="s">
         <v>107</v>
       </c>
       <c r="N19" t="s">
         <v>52</v>
       </c>
       <c r="O19" t="s">
         <v>126</v>
       </c>
       <c r="P19">
         <v>14</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>127</v>
       </c>
       <c r="C20" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D20">
         <v>368</v>
       </c>
       <c r="E20">
         <v>409</v>
       </c>
       <c r="F20">
         <v>0</v>
       </c>
       <c r="G20" t="s">
         <v>94</v>
       </c>
       <c r="H20" t="s">
         <v>70</v>
       </c>
       <c r="I20" t="s">
         <v>96</v>
       </c>
       <c r="J20" t="s">
         <v>41</v>
       </c>
       <c r="K20" t="s">
         <v>80</v>
       </c>
       <c r="L20" t="s">
         <v>81</v>
       </c>
       <c r="M20" t="s">
         <v>107</v>
       </c>
       <c r="N20" t="s">
         <v>97</v>
       </c>
       <c r="O20" t="s">
         <v>128</v>
       </c>
       <c r="P20">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>129</v>
       </c>
       <c r="C21" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D21">
         <v>293</v>
       </c>
       <c r="E21">
         <v>338</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I21" t="s">
         <v>130</v>
       </c>
       <c r="J21" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="K21" t="s">
         <v>112</v>
       </c>
       <c r="L21" t="s">
         <v>124</v>
       </c>
       <c r="M21" t="s">
         <v>107</v>
       </c>
       <c r="N21" t="s">
         <v>97</v>
       </c>
       <c r="O21" t="s">
         <v>131</v>
       </c>
       <c r="P21">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
@@ -2134,51 +2134,51 @@
       </c>
       <c r="L22" t="s">
         <v>65</v>
       </c>
       <c r="M22" t="s">
         <v>107</v>
       </c>
       <c r="N22" t="s">
         <v>135</v>
       </c>
       <c r="O22" t="s">
         <v>128</v>
       </c>
       <c r="P22">
         <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>136</v>
       </c>
       <c r="C23" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D23">
         <v>342</v>
       </c>
       <c r="E23">
         <v>387</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23" t="s">
         <v>113</v>
       </c>
       <c r="H23" t="s">
         <v>112</v>
       </c>
       <c r="I23" t="s">
         <v>137</v>
       </c>
       <c r="J23" t="s">
         <v>138</v>
       </c>
       <c r="K23" t="s">
         <v>106</v>
       </c>
@@ -2196,157 +2196,157 @@
       </c>
       <c r="P23">
         <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>139</v>
       </c>
       <c r="C24" t="s">
         <v>79</v>
       </c>
       <c r="D24">
         <v>292</v>
       </c>
       <c r="E24">
         <v>320</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H24" t="s">
         <v>81</v>
       </c>
       <c r="I24" t="s">
         <v>140</v>
       </c>
       <c r="J24" t="s">
         <v>141</v>
       </c>
       <c r="K24" t="s">
         <v>44</v>
       </c>
       <c r="L24" t="s">
         <v>70</v>
       </c>
       <c r="M24" t="s">
         <v>107</v>
       </c>
       <c r="N24" t="s">
         <v>20</v>
       </c>
       <c r="O24" t="s">
         <v>131</v>
       </c>
       <c r="P24">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>142</v>
       </c>
       <c r="C25" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D25">
         <v>200</v>
       </c>
       <c r="E25">
         <v>304</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25" t="s">
         <v>134</v>
       </c>
       <c r="H25" t="s">
         <v>143</v>
       </c>
       <c r="I25" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="J25" t="s">
         <v>82</v>
       </c>
       <c r="K25" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="L25" t="s">
         <v>130</v>
       </c>
       <c r="M25" t="s">
         <v>107</v>
       </c>
       <c r="N25" t="s">
         <v>20</v>
       </c>
       <c r="O25" t="s">
         <v>131</v>
       </c>
       <c r="P25">
         <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>144</v>
       </c>
       <c r="C26" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D26">
         <v>92</v>
       </c>
       <c r="E26">
         <v>193</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26" t="s">
         <v>145</v>
       </c>
       <c r="H26" t="s">
         <v>57</v>
       </c>
       <c r="I26" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="J26" t="s">
         <v>124</v>
       </c>
       <c r="K26" t="s">
         <v>146</v>
       </c>
       <c r="L26" t="s">
         <v>77</v>
       </c>
       <c r="M26" t="s">
         <v>107</v>
       </c>
       <c r="N26" t="s">
         <v>48</v>
       </c>
       <c r="O26" t="s">
         <v>18</v>
       </c>
       <c r="P26">
         <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
@@ -2434,175 +2434,175 @@
       </c>
       <c r="L28" t="s">
         <v>50</v>
       </c>
       <c r="M28" t="s">
         <v>107</v>
       </c>
       <c r="N28" t="s">
         <v>156</v>
       </c>
       <c r="O28" t="s">
         <v>150</v>
       </c>
       <c r="P28">
         <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>157</v>
       </c>
       <c r="C29" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D29">
         <v>248</v>
       </c>
       <c r="E29">
         <v>316</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29" t="s">
         <v>106</v>
       </c>
       <c r="H29" t="s">
         <v>158</v>
       </c>
       <c r="I29" t="s">
         <v>70</v>
       </c>
       <c r="J29" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="K29" t="s">
         <v>141</v>
       </c>
       <c r="L29" t="s">
         <v>31</v>
       </c>
       <c r="M29" t="s">
         <v>107</v>
       </c>
       <c r="N29" t="s">
         <v>159</v>
       </c>
       <c r="O29" t="s">
         <v>60</v>
       </c>
       <c r="P29">
         <v>23</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>160</v>
       </c>
       <c r="C30" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D30">
         <v>200</v>
       </c>
       <c r="E30">
         <v>236</v>
       </c>
       <c r="F30">
         <v>0</v>
       </c>
       <c r="G30" t="s">
         <v>143</v>
       </c>
       <c r="H30" t="s">
         <v>161</v>
       </c>
       <c r="I30" t="s">
         <v>162</v>
       </c>
       <c r="J30" t="s">
         <v>104</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="L30" t="s">
         <v>137</v>
       </c>
       <c r="M30" t="s">
         <v>107</v>
       </c>
       <c r="N30" t="s">
         <v>68</v>
       </c>
       <c r="O30" t="s">
         <v>60</v>
       </c>
       <c r="P30">
         <v>24</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>163</v>
       </c>
       <c r="C31" t="s">
         <v>103</v>
       </c>
       <c r="D31">
         <v>200</v>
       </c>
       <c r="E31">
         <v>334</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31" t="s">
         <v>164</v>
       </c>
       <c r="H31" t="s">
         <v>148</v>
       </c>
       <c r="I31" t="s">
         <v>165</v>
       </c>
       <c r="J31" t="s">
         <v>119</v>
       </c>
       <c r="K31" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="L31" t="s">
         <v>134</v>
       </c>
       <c r="M31" t="s">
         <v>107</v>
       </c>
       <c r="N31" t="s">
         <v>91</v>
       </c>
       <c r="O31" t="s">
         <v>150</v>
       </c>
       <c r="P31">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>166</v>
       </c>
       <c r="C32" t="s">
@@ -2634,401 +2634,401 @@
       </c>
       <c r="L32" t="s">
         <v>169</v>
       </c>
       <c r="M32" t="s">
         <v>170</v>
       </c>
       <c r="N32" t="s">
         <v>19</v>
       </c>
       <c r="O32" t="s">
         <v>131</v>
       </c>
       <c r="P32">
         <v>26</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>171</v>
       </c>
       <c r="C33" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D33">
         <v>242</v>
       </c>
       <c r="E33">
         <v>282</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
       <c r="G33" t="s">
         <v>155</v>
       </c>
       <c r="H33" t="s">
         <v>140</v>
       </c>
       <c r="I33" t="s">
         <v>67</v>
       </c>
       <c r="J33" t="s">
         <v>106</v>
       </c>
       <c r="K33" t="s">
         <v>154</v>
       </c>
       <c r="L33" t="s">
         <v>172</v>
       </c>
       <c r="M33" t="s">
         <v>170</v>
       </c>
       <c r="N33" t="s">
         <v>52</v>
       </c>
       <c r="O33" t="s">
         <v>18</v>
       </c>
       <c r="P33">
         <v>27</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>173</v>
       </c>
       <c r="C34" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D34">
         <v>266</v>
       </c>
       <c r="E34">
         <v>304</v>
       </c>
       <c r="F34">
         <v>0</v>
       </c>
       <c r="G34" t="s">
         <v>96</v>
       </c>
       <c r="H34" t="s">
         <v>80</v>
       </c>
       <c r="I34" t="s">
         <v>44</v>
       </c>
       <c r="J34" t="s">
         <v>100</v>
       </c>
       <c r="K34" t="s">
         <v>81</v>
       </c>
       <c r="L34" t="s">
         <v>174</v>
       </c>
       <c r="M34" t="s">
         <v>170</v>
       </c>
       <c r="N34" t="s">
         <v>97</v>
       </c>
       <c r="O34" t="s">
         <v>18</v>
       </c>
       <c r="P34">
         <v>28</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>175</v>
       </c>
       <c r="C35" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D35">
         <v>200</v>
       </c>
       <c r="E35">
         <v>253</v>
       </c>
       <c r="F35">
         <v>0</v>
       </c>
       <c r="G35" t="s">
         <v>119</v>
       </c>
       <c r="H35" t="s">
         <v>113</v>
       </c>
       <c r="I35" t="s">
         <v>124</v>
       </c>
       <c r="J35" t="s">
         <v>148</v>
       </c>
       <c r="K35" t="s">
         <v>145</v>
       </c>
       <c r="L35" t="s">
         <v>153</v>
       </c>
       <c r="M35" t="s">
         <v>170</v>
       </c>
       <c r="N35" t="s">
         <v>176</v>
       </c>
       <c r="O35" t="s">
         <v>177</v>
       </c>
       <c r="P35">
         <v>29</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>178</v>
       </c>
       <c r="C36" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D36">
         <v>386</v>
       </c>
       <c r="E36">
         <v>407</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36" t="s">
         <v>43</v>
       </c>
       <c r="H36" t="s">
         <v>104</v>
       </c>
       <c r="I36" t="s">
         <v>101</v>
       </c>
       <c r="J36" t="s">
         <v>145</v>
       </c>
       <c r="K36" t="s">
         <v>164</v>
       </c>
       <c r="L36" t="s">
         <v>179</v>
       </c>
       <c r="M36" t="s">
         <v>170</v>
       </c>
       <c r="N36" t="s">
         <v>38</v>
       </c>
       <c r="O36" t="s">
         <v>60</v>
       </c>
       <c r="P36">
         <v>30</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>180</v>
       </c>
       <c r="C37" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D37">
         <v>208</v>
       </c>
       <c r="E37">
         <v>257</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
       <c r="G37" t="s">
         <v>125</v>
       </c>
       <c r="H37" t="s">
         <v>57</v>
       </c>
       <c r="I37" t="s">
         <v>153</v>
       </c>
       <c r="J37" t="s">
         <v>181</v>
       </c>
       <c r="K37" t="s">
         <v>31</v>
       </c>
       <c r="L37" t="s">
         <v>182</v>
       </c>
       <c r="M37" t="s">
         <v>170</v>
       </c>
       <c r="N37" t="s">
         <v>48</v>
       </c>
       <c r="O37" t="s">
         <v>18</v>
       </c>
       <c r="P37">
         <v>31</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>183</v>
       </c>
       <c r="C38" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D38">
         <v>375</v>
       </c>
       <c r="E38">
         <v>407</v>
       </c>
       <c r="F38">
         <v>0</v>
       </c>
       <c r="G38" t="s">
         <v>138</v>
       </c>
       <c r="H38" t="s">
         <v>154</v>
       </c>
       <c r="I38" t="s">
         <v>174</v>
       </c>
       <c r="J38" t="s">
         <v>137</v>
       </c>
       <c r="K38" t="s">
         <v>118</v>
       </c>
       <c r="L38" t="s">
         <v>184</v>
       </c>
       <c r="M38" t="s">
         <v>170</v>
       </c>
       <c r="N38" t="s">
         <v>48</v>
       </c>
       <c r="O38" t="s">
         <v>60</v>
       </c>
       <c r="P38">
         <v>32</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>185</v>
       </c>
       <c r="C39" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D39">
         <v>80</v>
       </c>
       <c r="E39">
         <v>149</v>
       </c>
       <c r="F39">
         <v>0</v>
       </c>
       <c r="G39" t="s">
         <v>118</v>
       </c>
       <c r="H39" t="s">
         <v>145</v>
       </c>
       <c r="I39" t="s">
         <v>158</v>
       </c>
       <c r="J39" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="K39" t="s">
         <v>162</v>
       </c>
       <c r="L39" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="M39" t="s">
         <v>170</v>
       </c>
       <c r="N39" t="s">
         <v>48</v>
       </c>
       <c r="O39" t="s">
         <v>107</v>
       </c>
       <c r="P39">
         <v>33</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>186</v>
       </c>
       <c r="C40" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D40">
         <v>460</v>
       </c>
       <c r="E40">
         <v>469</v>
       </c>
       <c r="F40">
         <v>0</v>
       </c>
       <c r="G40" t="s">
         <v>187</v>
       </c>
       <c r="H40" t="s">
         <v>188</v>
       </c>
       <c r="I40" t="s">
         <v>125</v>
       </c>
       <c r="J40" t="s">
         <v>189</v>
       </c>
       <c r="K40" t="s">
         <v>190</v>
       </c>
@@ -3061,224 +3061,224 @@
       <c r="D41">
         <v>200</v>
       </c>
       <c r="E41">
         <v>197</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41" t="s">
         <v>193</v>
       </c>
       <c r="H41" t="s">
         <v>181</v>
       </c>
       <c r="I41" t="s">
         <v>104</v>
       </c>
       <c r="J41" t="s">
         <v>172</v>
       </c>
       <c r="K41" t="s">
         <v>161</v>
       </c>
       <c r="L41" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="M41" t="s">
         <v>170</v>
       </c>
       <c r="N41" t="s">
         <v>194</v>
       </c>
       <c r="O41" t="s">
         <v>195</v>
       </c>
       <c r="P41">
         <v>35</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>196</v>
       </c>
       <c r="C42" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D42">
         <v>244</v>
       </c>
       <c r="E42">
         <v>280</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42" t="s">
         <v>154</v>
       </c>
       <c r="H42" t="s">
         <v>34</v>
       </c>
       <c r="I42" t="s">
         <v>138</v>
       </c>
       <c r="J42" t="s">
         <v>155</v>
       </c>
       <c r="K42" t="s">
         <v>182</v>
       </c>
       <c r="L42" t="s">
         <v>188</v>
       </c>
       <c r="M42" t="s">
         <v>197</v>
       </c>
       <c r="N42" t="s">
         <v>20</v>
       </c>
       <c r="O42" t="s">
         <v>170</v>
       </c>
       <c r="P42">
         <v>36</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>198</v>
       </c>
       <c r="C43" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D43">
         <v>264</v>
       </c>
       <c r="E43">
         <v>303</v>
       </c>
       <c r="F43">
         <v>0</v>
       </c>
       <c r="G43" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H43" t="s">
         <v>119</v>
       </c>
       <c r="I43" t="s">
         <v>187</v>
       </c>
       <c r="J43" t="s">
         <v>179</v>
       </c>
       <c r="K43" t="s">
         <v>184</v>
       </c>
       <c r="L43" t="s">
         <v>199</v>
       </c>
       <c r="M43" t="s">
         <v>197</v>
       </c>
       <c r="N43" t="s">
         <v>176</v>
       </c>
       <c r="O43" t="s">
         <v>200</v>
       </c>
       <c r="P43">
         <v>37</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>201</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D44">
         <v>171</v>
       </c>
       <c r="E44">
         <v>192</v>
       </c>
       <c r="F44">
         <v>0</v>
       </c>
       <c r="G44" t="s">
         <v>65</v>
       </c>
       <c r="H44" t="s">
         <v>141</v>
       </c>
       <c r="I44" t="s">
         <v>179</v>
       </c>
       <c r="J44" t="s">
         <v>57</v>
       </c>
       <c r="K44" t="s">
         <v>88</v>
       </c>
       <c r="L44" t="s">
         <v>162</v>
       </c>
       <c r="M44" t="s">
         <v>197</v>
       </c>
       <c r="N44" t="s">
         <v>149</v>
       </c>
       <c r="O44" t="s">
         <v>202</v>
       </c>
       <c r="P44">
         <v>38</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>203</v>
       </c>
       <c r="C45" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D45">
         <v>200</v>
       </c>
       <c r="E45">
         <v>172</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45" t="s">
         <v>190</v>
       </c>
       <c r="H45" t="s">
         <v>204</v>
       </c>
       <c r="I45" t="s">
         <v>100</v>
       </c>
       <c r="J45" t="s">
         <v>184</v>
       </c>
       <c r="K45" t="s">
         <v>104</v>
       </c>