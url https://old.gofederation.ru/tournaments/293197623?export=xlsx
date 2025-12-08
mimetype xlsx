--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -362,51 +362,51 @@
   <si>
     <t>Газизова Саида</t>
   </si>
   <si>
     <t>26+</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Полянкина Томирис</t>
   </si>
   <si>
     <t>24-</t>
   </si>
   <si>
     <t>-!</t>
   </si>
   <si>
     <t>17½</t>
   </si>
   <si>
-    <t>Петров Дмитрий_Al</t>
+    <t>Петров Дмитрий_Ал</t>
   </si>
   <si>
     <t>29+</t>
   </si>
   <si>
     <t>25+</t>
   </si>
   <si>
     <t>24+</t>
   </si>
   <si>
     <t>Каримов Рашид</t>
   </si>
   <si>
     <t>27+</t>
   </si>
   <si>
     <t>21-</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Сайганова Мария</t>
   </si>