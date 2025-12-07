--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -65,113 +65,113 @@
   <si>
     <t>Бухг</t>
   </si>
   <si>
     <t>Берг</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>Бабаев Николас</t>
   </si>
   <si>
     <t>Тверь</t>
   </si>
   <si>
     <t>+!</t>
   </si>
   <si>
     <t>10+</t>
   </si>
   <si>
     <t>4+</t>
   </si>
   <si>
+    <t>3+</t>
+  </si>
+  <si>
+    <t>7+</t>
+  </si>
+  <si>
     <t>2+</t>
   </si>
   <si>
-    <t>7+</t>
-[...4 lines deleted...]
-  <si>
     <t>6</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
+    <t>Голубков Алексей</t>
+  </si>
+  <si>
+    <t>Ульяновск</t>
+  </si>
+  <si>
+    <t>32+</t>
+  </si>
+  <si>
+    <t>6+</t>
+  </si>
+  <si>
+    <t>11+</t>
+  </si>
+  <si>
+    <t>19+</t>
+  </si>
+  <si>
+    <t>12+</t>
+  </si>
+  <si>
+    <t>1-</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
     <t>Сентябов Евгений</t>
   </si>
   <si>
     <t>Екатеринбург</t>
   </si>
   <si>
     <t>22+</t>
   </si>
   <si>
     <t>13+</t>
   </si>
   <si>
     <t>17+</t>
   </si>
   <si>
-    <t>1-</t>
-[...1 lines deleted...]
-  <si>
     <t>16+</t>
   </si>
   <si>
-    <t>5</t>
-[...25 lines deleted...]
-  <si>
     <t>Тимергалиев Дамир</t>
   </si>
   <si>
     <t>Муром</t>
   </si>
   <si>
     <t>42+</t>
   </si>
   <si>
     <t>18+</t>
   </si>
   <si>
     <t>31+</t>
   </si>
   <si>
     <t>9+</t>
   </si>
   <si>
     <t>20½</t>
   </si>
   <si>
     <t>14½</t>
   </si>
   <si>
     <t>Торлопов Данила</t>
@@ -182,120 +182,120 @@
   <si>
     <t>16-</t>
   </si>
   <si>
     <t>23+</t>
   </si>
   <si>
     <t>24+</t>
   </si>
   <si>
     <t>8+</t>
   </si>
   <si>
     <t>20+</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Булдашов Андрей</t>
   </si>
   <si>
     <t>Омск</t>
   </si>
   <si>
+    <t>2-</t>
+  </si>
+  <si>
+    <t>4-</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Писарев Александр</t>
+  </si>
+  <si>
+    <t>29+</t>
+  </si>
+  <si>
+    <t>5-</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Шафоростов Олег</t>
+  </si>
+  <si>
+    <t>Томск</t>
+  </si>
+  <si>
+    <t>6-</t>
+  </si>
+  <si>
+    <t>26+</t>
+  </si>
+  <si>
+    <t>25+</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Карманова Анастасия</t>
+  </si>
+  <si>
+    <t>15+</t>
+  </si>
+  <si>
+    <t>Сапсан Юлия</t>
+  </si>
+  <si>
+    <t>39+</t>
+  </si>
+  <si>
+    <t>30+</t>
+  </si>
+  <si>
+    <t>21+</t>
+  </si>
+  <si>
     <t>3-</t>
-  </si>
-[...67 lines deleted...]
-    <t>2-</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Вьюков Кирилл</t>
   </si>
   <si>
     <t>28+</t>
   </si>
   <si>
     <t>27+</t>
   </si>
   <si>
     <t>18½</t>
   </si>
   <si>
     <t>9½</t>
   </si>
   <si>
     <t>Карлов Денис</t>
   </si>
   <si>
     <t>Вологда</t>
   </si>
@@ -1098,319 +1098,319 @@
       </c>
       <c r="N2" t="s">
         <v>19</v>
       </c>
       <c r="O2" t="s">
         <v>19</v>
       </c>
       <c r="P2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3" t="s">
         <v>21</v>
       </c>
       <c r="D3">
         <v>200</v>
       </c>
       <c r="E3">
-        <v>470</v>
+        <v>491</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
       <c r="K3" t="s">
         <v>26</v>
       </c>
       <c r="L3" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="M3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N3" t="s">
         <v>19</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D4">
         <v>200</v>
       </c>
       <c r="E4">
-        <v>491</v>
+        <v>470</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>35</v>
       </c>
       <c r="L4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="M4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N4" t="s">
         <v>19</v>
       </c>
       <c r="O4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
       <c r="C5" t="s">
         <v>37</v>
       </c>
       <c r="D5">
         <v>517</v>
       </c>
       <c r="E5">
         <v>573</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5" t="s">
         <v>38</v>
       </c>
       <c r="H5" t="s">
         <v>39</v>
       </c>
       <c r="I5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>40</v>
       </c>
       <c r="K5" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="L5" t="s">
         <v>41</v>
       </c>
       <c r="M5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N5" t="s">
         <v>42</v>
       </c>
       <c r="O5" t="s">
         <v>43</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6">
         <v>233</v>
       </c>
       <c r="E6">
         <v>314</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6" t="s">
         <v>46</v>
       </c>
       <c r="H6" t="s">
         <v>47</v>
       </c>
       <c r="I6" t="s">
         <v>48</v>
       </c>
       <c r="J6" t="s">
         <v>49</v>
       </c>
       <c r="K6" t="s">
         <v>50</v>
       </c>
       <c r="L6" t="s">
         <v>16</v>
       </c>
       <c r="M6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N6" t="s">
         <v>51</v>
       </c>
       <c r="O6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>52</v>
       </c>
       <c r="C7" t="s">
         <v>53</v>
       </c>
       <c r="D7">
         <v>200</v>
       </c>
       <c r="E7">
         <v>353</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
       <c r="I7" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="J7" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>55</v>
       </c>
       <c r="L7" t="s">
         <v>48</v>
       </c>
       <c r="M7" t="s">
         <v>56</v>
       </c>
       <c r="N7" t="s">
         <v>57</v>
       </c>
       <c r="O7" t="s">
         <v>58</v>
       </c>
       <c r="P7">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>53</v>
       </c>
       <c r="D8">
         <v>200</v>
       </c>
       <c r="E8">
         <v>357</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>60</v>
       </c>
       <c r="I8" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="J8" t="s">
         <v>50</v>
       </c>
       <c r="K8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L8" t="s">
         <v>61</v>
       </c>
       <c r="M8" t="s">
         <v>56</v>
       </c>
       <c r="N8" t="s">
         <v>62</v>
       </c>
       <c r="O8" t="s">
         <v>63</v>
       </c>
       <c r="P8">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="s">
@@ -1419,145 +1419,145 @@
       <c r="D9">
         <v>200</v>
       </c>
       <c r="E9">
         <v>369</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9" t="s">
         <v>66</v>
       </c>
       <c r="H9" t="s">
         <v>67</v>
       </c>
       <c r="I9" t="s">
         <v>39</v>
       </c>
       <c r="J9" t="s">
         <v>61</v>
       </c>
       <c r="K9" t="s">
         <v>68</v>
       </c>
       <c r="L9" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="M9" t="s">
         <v>56</v>
       </c>
       <c r="N9" t="s">
         <v>69</v>
       </c>
       <c r="O9" t="s">
         <v>70</v>
       </c>
       <c r="P9">
         <v>7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10">
         <v>292</v>
       </c>
       <c r="E10">
         <v>359</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10" t="s">
         <v>67</v>
       </c>
       <c r="H10" t="s">
         <v>46</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
       <c r="J10" t="s">
         <v>72</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L10" t="s">
         <v>55</v>
       </c>
       <c r="M10" t="s">
         <v>56</v>
       </c>
       <c r="N10" t="s">
         <v>51</v>
       </c>
       <c r="O10" t="s">
         <v>70</v>
       </c>
       <c r="P10">
         <v>8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11">
         <v>266</v>
       </c>
       <c r="E11">
         <v>341</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11" t="s">
         <v>74</v>
       </c>
       <c r="H11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I11" t="s">
         <v>75</v>
       </c>
       <c r="J11" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>76</v>
       </c>
       <c r="L11" t="s">
         <v>77</v>
       </c>
       <c r="M11" t="s">
         <v>56</v>
       </c>
       <c r="N11" t="s">
         <v>51</v>
       </c>
       <c r="O11" t="s">
         <v>78</v>
       </c>
       <c r="P11">
         <v>9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
@@ -1569,51 +1569,51 @@
       <c r="D12">
         <v>200</v>
       </c>
       <c r="E12">
         <v>270</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12" t="s">
         <v>80</v>
       </c>
       <c r="H12" t="s">
         <v>40</v>
       </c>
       <c r="I12" t="s">
         <v>54</v>
       </c>
       <c r="J12" t="s">
         <v>66</v>
       </c>
       <c r="K12" t="s">
         <v>81</v>
       </c>
       <c r="L12" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="M12" t="s">
         <v>56</v>
       </c>
       <c r="N12" t="s">
         <v>82</v>
       </c>
       <c r="O12" t="s">
         <v>83</v>
       </c>
       <c r="P12">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>84</v>
       </c>
       <c r="C13" t="s">
         <v>85</v>
       </c>
       <c r="D13">
@@ -1666,54 +1666,54 @@
       <c r="C14" t="s">
         <v>93</v>
       </c>
       <c r="D14">
         <v>271</v>
       </c>
       <c r="E14">
         <v>338</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="G14" t="s">
         <v>75</v>
       </c>
       <c r="H14" t="s">
         <v>77</v>
       </c>
       <c r="I14" t="s">
         <v>81</v>
       </c>
       <c r="J14" t="s">
         <v>94</v>
       </c>
       <c r="K14" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="L14" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="M14" t="s">
         <v>56</v>
       </c>
       <c r="N14" t="s">
         <v>90</v>
       </c>
       <c r="O14" t="s">
         <v>91</v>
       </c>
       <c r="P14">
         <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15">
@@ -1960,51 +1960,51 @@
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>125</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20">
         <v>291</v>
       </c>
       <c r="E20">
         <v>361</v>
       </c>
       <c r="F20">
         <v>0</v>
       </c>
       <c r="G20" t="s">
         <v>89</v>
       </c>
       <c r="H20" t="s">
         <v>123</v>
       </c>
       <c r="I20" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="J20" t="s">
         <v>54</v>
       </c>
       <c r="K20" t="s">
         <v>105</v>
       </c>
       <c r="L20" t="s">
         <v>121</v>
       </c>
       <c r="M20" t="s">
         <v>112</v>
       </c>
       <c r="N20" t="s">
         <v>51</v>
       </c>
       <c r="O20" t="s">
         <v>124</v>
       </c>
       <c r="P20">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
@@ -2063,216 +2063,216 @@
       <c r="B22" t="s">
         <v>128</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22">
         <v>200</v>
       </c>
       <c r="E22">
         <v>233</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22" t="s">
         <v>129</v>
       </c>
       <c r="H22" t="s">
         <v>130</v>
       </c>
       <c r="I22" t="s">
         <v>131</v>
       </c>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K22" t="s">
         <v>116</v>
       </c>
       <c r="L22" t="s">
         <v>122</v>
       </c>
       <c r="M22" t="s">
         <v>112</v>
       </c>
       <c r="N22" t="s">
         <v>132</v>
       </c>
       <c r="O22" t="s">
         <v>107</v>
       </c>
       <c r="P22">
         <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>133</v>
       </c>
       <c r="C23" t="s">
         <v>134</v>
       </c>
       <c r="D23">
         <v>200</v>
       </c>
       <c r="E23">
         <v>249</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23" t="s">
         <v>77</v>
       </c>
       <c r="H23" t="s">
         <v>38</v>
       </c>
       <c r="I23" t="s">
         <v>66</v>
       </c>
       <c r="J23" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="K23" t="s">
         <v>111</v>
       </c>
       <c r="L23" t="s">
         <v>75</v>
       </c>
       <c r="M23" t="s">
         <v>112</v>
       </c>
       <c r="N23" t="s">
         <v>90</v>
       </c>
       <c r="O23" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P23">
         <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D24">
         <v>200</v>
       </c>
       <c r="E24">
         <v>233</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24" t="s">
         <v>110</v>
       </c>
       <c r="H24" t="s">
         <v>61</v>
       </c>
       <c r="I24" t="s">
         <v>136</v>
       </c>
       <c r="J24" t="s">
         <v>137</v>
       </c>
       <c r="K24" t="s">
         <v>103</v>
       </c>
       <c r="L24" t="s">
         <v>80</v>
       </c>
       <c r="M24" t="s">
         <v>112</v>
       </c>
       <c r="N24" t="s">
+        <v>29</v>
+      </c>
+      <c r="O24" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="P24">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>138</v>
       </c>
       <c r="C25" t="s">
         <v>139</v>
       </c>
       <c r="D25">
         <v>124</v>
       </c>
       <c r="E25">
         <v>210</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25" t="s">
         <v>140</v>
       </c>
       <c r="H25" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I25" t="s">
         <v>61</v>
       </c>
       <c r="J25" t="s">
         <v>127</v>
       </c>
       <c r="K25" t="s">
         <v>75</v>
       </c>
       <c r="L25" t="s">
         <v>66</v>
       </c>
       <c r="M25" t="s">
         <v>112</v>
       </c>
       <c r="N25" t="s">
+        <v>29</v>
+      </c>
+      <c r="O25" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="P25">
         <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
       <c r="C26" t="s">
         <v>142</v>
       </c>
       <c r="D26">
         <v>200</v>
       </c>
       <c r="E26">
         <v>259</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26" t="s">
@@ -2328,51 +2328,51 @@
       <c r="G27" t="s">
         <v>105</v>
       </c>
       <c r="H27" t="s">
         <v>121</v>
       </c>
       <c r="I27" t="s">
         <v>89</v>
       </c>
       <c r="J27" t="s">
         <v>136</v>
       </c>
       <c r="K27" t="s">
         <v>60</v>
       </c>
       <c r="L27" t="s">
         <v>86</v>
       </c>
       <c r="M27" t="s">
         <v>112</v>
       </c>
       <c r="N27" t="s">
         <v>145</v>
       </c>
       <c r="O27" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P27">
         <v>21</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>147</v>
       </c>
       <c r="C28" t="s">
         <v>148</v>
       </c>
       <c r="D28">
         <v>126</v>
       </c>
       <c r="E28">
         <v>183</v>
       </c>
       <c r="F28">
         <v>0</v>
       </c>
       <c r="G28" t="s">
@@ -2416,160 +2416,160 @@
       <c r="C29" t="s">
         <v>142</v>
       </c>
       <c r="D29">
         <v>173</v>
       </c>
       <c r="E29">
         <v>215</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29" t="s">
         <v>117</v>
       </c>
       <c r="H29" t="s">
         <v>68</v>
       </c>
       <c r="I29" t="s">
         <v>152</v>
       </c>
       <c r="J29" t="s">
         <v>153</v>
       </c>
       <c r="K29" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="L29" t="s">
         <v>154</v>
       </c>
       <c r="M29" t="s">
         <v>150</v>
       </c>
       <c r="N29" t="s">
+        <v>29</v>
+      </c>
+      <c r="O29" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="P29">
         <v>23</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>155</v>
       </c>
       <c r="C30" t="s">
         <v>45</v>
       </c>
       <c r="D30">
         <v>200</v>
       </c>
       <c r="E30">
         <v>237</v>
       </c>
       <c r="F30">
         <v>0</v>
       </c>
       <c r="G30" t="s">
         <v>68</v>
       </c>
       <c r="H30" t="s">
         <v>110</v>
       </c>
       <c r="I30" t="s">
         <v>105</v>
       </c>
       <c r="J30" t="s">
         <v>156</v>
       </c>
       <c r="K30" t="s">
         <v>157</v>
       </c>
       <c r="L30" t="s">
         <v>89</v>
       </c>
       <c r="M30" t="s">
         <v>150</v>
       </c>
       <c r="N30" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O30" t="s">
         <v>56</v>
       </c>
       <c r="P30">
         <v>24</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>158</v>
       </c>
       <c r="C31" t="s">
         <v>159</v>
       </c>
       <c r="D31">
         <v>181</v>
       </c>
       <c r="E31">
         <v>227</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31" t="s">
         <v>111</v>
       </c>
       <c r="H31" t="s">
         <v>74</v>
       </c>
       <c r="I31" t="s">
         <v>116</v>
       </c>
       <c r="J31" t="s">
         <v>80</v>
       </c>
       <c r="K31" t="s">
         <v>160</v>
       </c>
       <c r="L31" t="s">
         <v>161</v>
       </c>
       <c r="M31" t="s">
         <v>150</v>
       </c>
       <c r="N31" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O31" t="s">
         <v>112</v>
       </c>
       <c r="P31">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>162</v>
       </c>
       <c r="C32" t="s">
         <v>163</v>
       </c>
       <c r="D32">
         <v>180</v>
       </c>
       <c r="E32">
         <v>208</v>
       </c>
       <c r="F32">