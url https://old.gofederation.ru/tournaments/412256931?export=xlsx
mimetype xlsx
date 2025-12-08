--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -641,60 +641,60 @@
   <si>
     <t>38-</t>
   </si>
   <si>
     <t>Рассказова Ольга</t>
   </si>
   <si>
     <t>39-</t>
   </si>
   <si>
     <t>Сластунова Анна</t>
   </si>
   <si>
     <t>Новая команда Новая команда</t>
   </si>
   <si>
     <t>56-</t>
   </si>
   <si>
     <t>52-</t>
   </si>
   <si>
     <t>49-</t>
   </si>
   <si>
+    <t>Новый Игрок1</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Новый Игрок2</t>
+  </si>
+  <si>
     <t>Новый Игрок3</t>
-  </si>
-[...7 lines deleted...]
-    <t>Новый Игрок1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <color theme="1"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>