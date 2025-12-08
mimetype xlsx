--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -3121,51 +3121,51 @@
       </c>
       <c r="M31" t="s">
         <v>165</v>
       </c>
       <c r="N31" t="s">
         <v>155</v>
       </c>
       <c r="O31" t="s">
         <v>166</v>
       </c>
       <c r="P31">
         <v>30</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>167</v>
       </c>
       <c r="C32" t="s">
         <v>45</v>
       </c>
       <c r="D32">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="E32">
         <v>1602</v>
       </c>
       <c r="F32">
         <v>6</v>
       </c>
       <c r="G32" t="s">
         <v>168</v>
       </c>
       <c r="H32" t="s">
         <v>138</v>
       </c>
       <c r="I32" t="s">
         <v>104</v>
       </c>
       <c r="J32" t="s">
         <v>132</v>
       </c>
       <c r="K32" t="s">
         <v>116</v>
       </c>
       <c r="L32" t="s">
         <v>169</v>
       </c>
@@ -3271,51 +3271,51 @@
       </c>
       <c r="M34" t="s">
         <v>165</v>
       </c>
       <c r="N34" t="s">
         <v>178</v>
       </c>
       <c r="O34" t="s">
         <v>18</v>
       </c>
       <c r="P34">
         <v>33</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>179</v>
       </c>
       <c r="C35" t="s">
         <v>45</v>
       </c>
       <c r="D35">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="E35">
         <v>1571</v>
       </c>
       <c r="F35">
         <v>5</v>
       </c>
       <c r="G35" t="s">
         <v>173</v>
       </c>
       <c r="H35" t="s">
         <v>180</v>
       </c>
       <c r="I35" t="s">
         <v>146</v>
       </c>
       <c r="J35" t="s">
         <v>124</v>
       </c>
       <c r="K35" t="s">
         <v>177</v>
       </c>
       <c r="L35" t="s">
         <v>142</v>
       </c>
@@ -3671,54 +3671,54 @@
       </c>
       <c r="M42" t="s">
         <v>203</v>
       </c>
       <c r="N42" t="s">
         <v>214</v>
       </c>
       <c r="O42" t="s">
         <v>42</v>
       </c>
       <c r="P42">
         <v>41</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>215</v>
       </c>
       <c r="C43" t="s">
         <v>45</v>
       </c>
       <c r="D43">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="E43">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F43">
         <v>5</v>
       </c>
       <c r="G43" t="s">
         <v>216</v>
       </c>
       <c r="H43" t="s">
         <v>158</v>
       </c>
       <c r="I43" t="s">
         <v>217</v>
       </c>
       <c r="J43" t="s">
         <v>218</v>
       </c>
       <c r="K43" t="s">
         <v>207</v>
       </c>
       <c r="L43" t="s">
         <v>213</v>
       </c>
       <c r="M43" t="s">
         <v>203</v>
       </c>
@@ -4324,51 +4324,51 @@
       </c>
       <c r="N55" t="s">
         <v>260</v>
       </c>
       <c r="O55" t="s">
         <v>140</v>
       </c>
       <c r="P55">
         <v>54</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>261</v>
       </c>
       <c r="C56" t="s">
         <v>262</v>
       </c>
       <c r="D56">
         <v>984</v>
       </c>
       <c r="E56">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="F56">
         <v>3</v>
       </c>
       <c r="G56" t="s">
         <v>263</v>
       </c>
       <c r="H56" t="s">
         <v>264</v>
       </c>
       <c r="I56" t="s">
         <v>251</v>
       </c>
       <c r="J56" t="s">
         <v>196</v>
       </c>
       <c r="K56" t="s">
         <v>205</v>
       </c>
       <c r="L56" t="s">
         <v>265</v>
       </c>
       <c r="M56" t="s">
         <v>266</v>
       </c>
@@ -4574,51 +4574,51 @@
       </c>
       <c r="N60" t="s">
         <v>94</v>
       </c>
       <c r="O60" t="s">
         <v>139</v>
       </c>
       <c r="P60">
         <v>59</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>283</v>
       </c>
       <c r="C61" t="s">
         <v>45</v>
       </c>
       <c r="D61">
         <v>960</v>
       </c>
       <c r="E61">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="F61">
         <v>2</v>
       </c>
       <c r="G61" t="s">
         <v>248</v>
       </c>
       <c r="H61" t="s">
         <v>263</v>
       </c>
       <c r="I61" t="s">
         <v>205</v>
       </c>
       <c r="J61" t="s">
         <v>269</v>
       </c>
       <c r="K61" t="s">
         <v>284</v>
       </c>
       <c r="L61" t="s">
         <v>255</v>
       </c>
       <c r="M61" t="s">
         <v>266</v>
       </c>
@@ -4974,51 +4974,51 @@
       </c>
       <c r="N68" t="s">
         <v>194</v>
       </c>
       <c r="O68" t="s">
         <v>30</v>
       </c>
       <c r="P68">
         <v>67</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>316</v>
       </c>
       <c r="C69" t="s">
         <v>317</v>
       </c>
       <c r="D69">
         <v>899</v>
       </c>
       <c r="E69">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="F69">
         <v>2</v>
       </c>
       <c r="G69" t="s">
         <v>300</v>
       </c>
       <c r="H69" t="s">
         <v>295</v>
       </c>
       <c r="I69" t="s">
         <v>263</v>
       </c>
       <c r="J69" t="s">
         <v>313</v>
       </c>
       <c r="K69" t="s">
         <v>318</v>
       </c>
       <c r="L69" t="s">
         <v>315</v>
       </c>
       <c r="M69" t="s">
         <v>309</v>
       </c>
@@ -5571,54 +5571,54 @@
       </c>
       <c r="M80" t="s">
         <v>356</v>
       </c>
       <c r="N80" t="s">
         <v>343</v>
       </c>
       <c r="O80" t="s">
         <v>203</v>
       </c>
       <c r="P80">
         <v>79</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>357</v>
       </c>
       <c r="C81" t="s">
         <v>45</v>
       </c>
       <c r="D81">
-        <v>1039</v>
+        <v>1009</v>
       </c>
       <c r="E81">
-        <v>952</v>
+        <v>909</v>
       </c>
       <c r="F81">
         <v>3</v>
       </c>
       <c r="G81" t="s">
         <v>280</v>
       </c>
       <c r="H81" t="s">
         <v>279</v>
       </c>
       <c r="I81" t="s">
         <v>342</v>
       </c>
       <c r="J81" t="s">
         <v>142</v>
       </c>
       <c r="K81" t="s">
         <v>142</v>
       </c>
       <c r="L81" t="s">
         <v>142</v>
       </c>
       <c r="M81" t="s">
         <v>356</v>
       </c>