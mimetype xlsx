--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -83,353 +83,353 @@
   <si>
     <t>22+</t>
   </si>
   <si>
     <t>21+</t>
   </si>
   <si>
     <t>4+</t>
   </si>
   <si>
     <t>2+</t>
   </si>
   <si>
     <t>3+</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Сапсан Юлия</t>
   </si>
   <si>
+    <t>11+</t>
+  </si>
+  <si>
+    <t>38+</t>
+  </si>
+  <si>
+    <t>5+</t>
+  </si>
+  <si>
+    <t>9+</t>
+  </si>
+  <si>
+    <t>1-</t>
+  </si>
+  <si>
+    <t>10+</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Глеклер Александр</t>
+  </si>
+  <si>
+    <t>44+</t>
+  </si>
+  <si>
+    <t>13+</t>
+  </si>
+  <si>
+    <t>17+</t>
+  </si>
+  <si>
+    <t>8+!</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Обухов Дмитрий_В</t>
+  </si>
+  <si>
+    <t>27+</t>
+  </si>
+  <si>
+    <t>25+</t>
+  </si>
+  <si>
     <t>12+</t>
   </si>
   <si>
-    <t>38+</t>
-[...52 lines deleted...]
-  <si>
     <t>26+</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Попов Петр_Ан</t>
   </si>
   <si>
     <t>50+</t>
   </si>
   <si>
+    <t>40+</t>
+  </si>
+  <si>
+    <t>2-</t>
+  </si>
+  <si>
+    <t>14+</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Карманова Анастасия</t>
+  </si>
+  <si>
+    <t>46+</t>
+  </si>
+  <si>
+    <t>24+</t>
+  </si>
+  <si>
+    <t>8-</t>
+  </si>
+  <si>
+    <t>18+</t>
+  </si>
+  <si>
+    <t>16+</t>
+  </si>
+  <si>
+    <t>31+</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Лаврик Иван</t>
+  </si>
+  <si>
+    <t>48+</t>
+  </si>
+  <si>
+    <t>32+</t>
+  </si>
+  <si>
+    <t>9-</t>
+  </si>
+  <si>
+    <t>43+</t>
+  </si>
+  <si>
+    <t>23+</t>
+  </si>
+  <si>
+    <t>8+</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Булдашов Андрей</t>
+  </si>
+  <si>
+    <t>Омск</t>
+  </si>
+  <si>
+    <t>20+</t>
+  </si>
+  <si>
+    <t>6+</t>
+  </si>
+  <si>
+    <t>3-!</t>
+  </si>
+  <si>
+    <t>7-</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Исаев Марк</t>
+  </si>
+  <si>
+    <t>53+</t>
+  </si>
+  <si>
+    <t>19+</t>
+  </si>
+  <si>
+    <t>7+</t>
+  </si>
+  <si>
+    <t>4-</t>
+  </si>
+  <si>
+    <t>Нечипоренко Кирилл</t>
+  </si>
+  <si>
+    <t>Долгопрудный</t>
+  </si>
+  <si>
+    <t>30+</t>
+  </si>
+  <si>
+    <t>3-</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Зенин Иван</t>
+  </si>
+  <si>
+    <t>51+</t>
+  </si>
+  <si>
+    <t>15-</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Головин Даниил</t>
+  </si>
+  <si>
+    <t>Белгород</t>
+  </si>
+  <si>
+    <t>47+</t>
+  </si>
+  <si>
+    <t>Спицын Виталий</t>
+  </si>
+  <si>
+    <t>Тюмень</t>
+  </si>
+  <si>
+    <t>34+</t>
+  </si>
+  <si>
+    <t>35+</t>
+  </si>
+  <si>
+    <t>5-</t>
+  </si>
+  <si>
+    <t>41+</t>
+  </si>
+  <si>
+    <t>28+</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Дементьева Галина</t>
+  </si>
+  <si>
+    <t>33+</t>
+  </si>
+  <si>
+    <t>10-</t>
+  </si>
+  <si>
+    <t>45+</t>
+  </si>
+  <si>
+    <t>Абдурахманова Ирина</t>
+  </si>
+  <si>
+    <t>52+</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Кирьянова Евгения</t>
+  </si>
+  <si>
+    <t>54+</t>
+  </si>
+  <si>
+    <t>29+</t>
+  </si>
+  <si>
+    <t>6-</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Солдатенко Александр</t>
+  </si>
+  <si>
+    <t>Сыктывкар</t>
+  </si>
+  <si>
+    <t>42+</t>
+  </si>
+  <si>
     <t>39+</t>
   </si>
   <si>
-    <t>2-</t>
-[...205 lines deleted...]
-  <si>
     <t>36+</t>
   </si>
   <si>
     <t>Толоконникова Елена</t>
   </si>
   <si>
     <t>56+</t>
   </si>
   <si>
+    <t>12-</t>
+  </si>
+  <si>
+    <t>Куприянова Екатерина</t>
+  </si>
+  <si>
+    <t>Южно-Сахалинск</t>
+  </si>
+  <si>
     <t>11-</t>
   </si>
   <si>
-    <t>Куприянова Екатерина</t>
-[...7 lines deleted...]
-  <si>
     <t>Михайловский Михаил</t>
   </si>
   <si>
     <t>Мытищи</t>
   </si>
   <si>
     <t>16-</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Семенов Иван_М</t>
   </si>
   <si>
     <t>Солнечногорск</t>
   </si>
   <si>
     <t>26-</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>22</t>
@@ -527,174 +527,174 @@
   <si>
     <t>Буюк Анна</t>
   </si>
   <si>
     <t>43-</t>
   </si>
   <si>
     <t>28-</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Александрова Василиса</t>
   </si>
   <si>
     <t>Телешова Софья</t>
   </si>
   <si>
     <t>22-</t>
   </si>
   <si>
     <t>55+</t>
   </si>
   <si>
+    <t>41-</t>
+  </si>
+  <si>
+    <t>Мягкова Алена</t>
+  </si>
+  <si>
     <t>40-</t>
   </si>
   <si>
-    <t>Мягкова Алена</t>
+    <t>52-</t>
+  </si>
+  <si>
+    <t>Михайлов Юрий_В</t>
+  </si>
+  <si>
+    <t>Тамбов</t>
+  </si>
+  <si>
+    <t>38-!</t>
+  </si>
+  <si>
+    <t>45-!</t>
+  </si>
+  <si>
+    <t>22-!</t>
+  </si>
+  <si>
+    <t>Филин Артемий</t>
+  </si>
+  <si>
+    <t>36-</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Петрунина Полина</t>
+  </si>
+  <si>
+    <t>Кубарева Дарья</t>
+  </si>
+  <si>
+    <t>Ульяновск</t>
+  </si>
+  <si>
+    <t>27-</t>
+  </si>
+  <si>
+    <t>34-</t>
+  </si>
+  <si>
+    <t>33-</t>
+  </si>
+  <si>
+    <t>Криворотов Тимофей</t>
+  </si>
+  <si>
+    <t>37-</t>
+  </si>
+  <si>
+    <t>Нечипоренко Андрей</t>
+  </si>
+  <si>
+    <t>31-</t>
+  </si>
+  <si>
+    <t>Павлова Екатерина_В</t>
+  </si>
+  <si>
+    <t>35-</t>
+  </si>
+  <si>
+    <t>Бушмакина Римма</t>
+  </si>
+  <si>
+    <t>32-</t>
+  </si>
+  <si>
+    <t>Пенкина Маргарита</t>
+  </si>
+  <si>
+    <t>-!</t>
+  </si>
+  <si>
+    <t>49-</t>
+  </si>
+  <si>
+    <t>16½</t>
+  </si>
+  <si>
+    <t>Санников Денис</t>
+  </si>
+  <si>
+    <t>+!</t>
+  </si>
+  <si>
+    <t>42-</t>
+  </si>
+  <si>
+    <t>2½</t>
+  </si>
+  <si>
+    <t>Нефедов Павел</t>
+  </si>
+  <si>
+    <t>Нижний Новгород</t>
+  </si>
+  <si>
+    <t>44-</t>
+  </si>
+  <si>
+    <t>Сугак Екатерина</t>
+  </si>
+  <si>
+    <t>45-</t>
+  </si>
+  <si>
+    <t>Соколов Дмитрий_И</t>
+  </si>
+  <si>
+    <t>Самара</t>
   </si>
   <si>
     <t>39-</t>
-  </si>
-[...115 lines deleted...]
-    <t>41-</t>
   </si>
   <si>
     <t>Назарова Екатерина</t>
   </si>
   <si>
     <t>47-</t>
   </si>
   <si>
     <t>Цветкова Софья</t>
   </si>
   <si>
     <t>38-</t>
   </si>
   <si>
     <t>12½</t>
   </si>
   <si>
     <t>Евдокимов Матвей</t>
   </si>
   <si>
     <t>Электросталь</t>
   </si>
   <si>
     <t>51-</t>
   </si>
@@ -1665,128 +1665,128 @@
       </c>
       <c r="L11" t="s">
         <v>46</v>
       </c>
       <c r="M11" t="s">
         <v>72</v>
       </c>
       <c r="N11" t="s">
         <v>41</v>
       </c>
       <c r="O11" t="s">
         <v>83</v>
       </c>
       <c r="P11">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>84</v>
       </c>
       <c r="C12" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="D12">
         <v>200</v>
       </c>
       <c r="E12">
-        <v>417</v>
+        <v>400</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12" t="s">
+        <v>46</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
+      </c>
+      <c r="I12" t="s">
+        <v>38</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" t="s">
         <v>86</v>
       </c>
-      <c r="H12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L12" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="M12" t="s">
         <v>72</v>
       </c>
       <c r="N12" t="s">
         <v>48</v>
       </c>
       <c r="O12" t="s">
         <v>87</v>
       </c>
       <c r="P12">
         <v>11</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>88</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="D13">
         <v>200</v>
       </c>
       <c r="E13">
-        <v>400</v>
+        <v>417</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="H13" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="I13" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="J13" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="K13" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="L13" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="M13" t="s">
         <v>72</v>
       </c>
       <c r="N13" t="s">
         <v>48</v>
       </c>
       <c r="O13" t="s">
         <v>87</v>
       </c>
       <c r="P13">
         <v>11</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>91</v>
       </c>
       <c r="C14" t="s">
         <v>92</v>
       </c>
       <c r="D14">
@@ -2480,57 +2480,57 @@
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>147</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28">
         <v>200</v>
       </c>
       <c r="E28">
         <v>307</v>
       </c>
       <c r="F28">
         <v>0</v>
       </c>
       <c r="G28" t="s">
         <v>78</v>
       </c>
       <c r="H28" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="I28" t="s">
         <v>45</v>
       </c>
       <c r="J28" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="K28" t="s">
         <v>134</v>
       </c>
       <c r="L28" t="s">
         <v>102</v>
       </c>
       <c r="M28" t="s">
         <v>129</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
         <v>18</v>
       </c>
       <c r="P28">
         <v>23</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
@@ -2742,51 +2742,51 @@
       <c r="D33">
         <v>200</v>
       </c>
       <c r="E33">
         <v>227</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
       <c r="G33" t="s">
         <v>159</v>
       </c>
       <c r="H33" t="s">
         <v>71</v>
       </c>
       <c r="I33" t="s">
         <v>160</v>
       </c>
       <c r="J33" t="s">
         <v>30</v>
       </c>
       <c r="K33" t="s">
         <v>143</v>
       </c>
       <c r="L33" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="M33" t="s">
         <v>129</v>
       </c>
       <c r="N33" t="s">
         <v>49</v>
       </c>
       <c r="O33" t="s">
         <v>72</v>
       </c>
       <c r="P33">
         <v>28</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>161</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34">
@@ -3039,254 +3039,254 @@
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39">
         <v>200</v>
       </c>
       <c r="E39">
         <v>202</v>
       </c>
       <c r="F39">
         <v>0</v>
       </c>
       <c r="G39" t="s">
         <v>133</v>
       </c>
       <c r="H39" t="s">
         <v>46</v>
       </c>
       <c r="I39" t="s">
         <v>134</v>
       </c>
       <c r="J39" t="s">
         <v>179</v>
       </c>
       <c r="K39" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="L39" t="s">
         <v>124</v>
       </c>
       <c r="M39" t="s">
         <v>180</v>
       </c>
       <c r="N39" t="s">
         <v>48</v>
       </c>
       <c r="O39" t="s">
         <v>27</v>
       </c>
       <c r="P39">
         <v>33</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>181</v>
       </c>
       <c r="C40" t="s">
-        <v>182</v>
+        <v>11</v>
       </c>
       <c r="D40">
         <v>200</v>
       </c>
       <c r="E40">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="F40">
         <v>0</v>
       </c>
       <c r="G40" t="s">
-        <v>115</v>
+        <v>157</v>
       </c>
       <c r="H40" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="I40" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="J40" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="K40" t="s">
-        <v>168</v>
+        <v>138</v>
       </c>
       <c r="L40" t="s">
-        <v>185</v>
+        <v>156</v>
       </c>
       <c r="M40" t="s">
         <v>180</v>
       </c>
       <c r="N40" t="s">
         <v>35</v>
       </c>
       <c r="O40" t="s">
         <v>72</v>
       </c>
       <c r="P40">
         <v>34</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C41" t="s">
-        <v>112</v>
+        <v>183</v>
       </c>
       <c r="D41">
         <v>200</v>
       </c>
       <c r="E41">
         <v>230</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41" t="s">
+        <v>115</v>
+      </c>
+      <c r="H41" t="s">
+        <v>95</v>
+      </c>
+      <c r="I41" t="s">
+        <v>184</v>
+      </c>
+      <c r="J41" t="s">
+        <v>185</v>
+      </c>
+      <c r="K41" t="s">
         <v>168</v>
       </c>
-      <c r="H41" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L41" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="M41" t="s">
         <v>180</v>
       </c>
       <c r="N41" t="s">
         <v>35</v>
       </c>
       <c r="O41" t="s">
         <v>72</v>
       </c>
       <c r="P41">
         <v>34</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>112</v>
       </c>
       <c r="D42">
         <v>200</v>
       </c>
       <c r="E42">
-        <v>244</v>
+        <v>230</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="H42" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="I42" t="s">
-        <v>44</v>
+        <v>143</v>
       </c>
       <c r="J42" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="K42" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="L42" t="s">
-        <v>156</v>
+        <v>188</v>
       </c>
       <c r="M42" t="s">
         <v>180</v>
       </c>
       <c r="N42" t="s">
         <v>35</v>
       </c>
       <c r="O42" t="s">
         <v>72</v>
       </c>
       <c r="P42">
         <v>34</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>189</v>
       </c>
       <c r="C43" t="s">
         <v>80</v>
       </c>
       <c r="D43">
         <v>200</v>
       </c>
       <c r="E43">
         <v>224</v>
       </c>
       <c r="F43">
         <v>0</v>
       </c>
       <c r="G43" t="s">
         <v>151</v>
       </c>
       <c r="H43" t="s">
         <v>190</v>
       </c>
       <c r="I43" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="J43" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="K43" t="s">
         <v>51</v>
       </c>
       <c r="L43" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M43" t="s">
         <v>180</v>
       </c>
       <c r="N43" t="s">
         <v>42</v>
       </c>
       <c r="O43" t="s">
         <v>72</v>
       </c>
       <c r="P43">
         <v>35</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>191</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44">
@@ -3330,60 +3330,60 @@
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>193</v>
       </c>
       <c r="C45" t="s">
         <v>92</v>
       </c>
       <c r="D45">
         <v>80</v>
       </c>
       <c r="E45">
         <v>140</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45" t="s">
         <v>82</v>
       </c>
       <c r="H45" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I45" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="J45" t="s">
         <v>194</v>
       </c>
       <c r="K45" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L45" t="s">
         <v>168</v>
       </c>
       <c r="M45" t="s">
         <v>180</v>
       </c>
       <c r="N45" t="s">
         <v>42</v>
       </c>
       <c r="O45" t="s">
         <v>129</v>
       </c>
       <c r="P45">
         <v>36</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>195</v>
       </c>
       <c r="C46" t="s">
@@ -3392,51 +3392,51 @@
       <c r="D46">
         <v>200</v>
       </c>
       <c r="E46">
         <v>179</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46" t="s">
         <v>196</v>
       </c>
       <c r="H46" t="s">
         <v>133</v>
       </c>
       <c r="I46" t="s">
         <v>146</v>
       </c>
       <c r="J46" t="s">
         <v>197</v>
       </c>
       <c r="K46" t="s">
         <v>59</v>
       </c>
       <c r="L46" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M46" t="s">
         <v>180</v>
       </c>
       <c r="N46" t="s">
         <v>198</v>
       </c>
       <c r="O46" t="s">
         <v>27</v>
       </c>
       <c r="P46">
         <v>37</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>199</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47">
@@ -3480,51 +3480,51 @@
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>203</v>
       </c>
       <c r="C48" t="s">
         <v>204</v>
       </c>
       <c r="D48">
         <v>348</v>
       </c>
       <c r="E48">
         <v>381</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48" t="s">
         <v>118</v>
       </c>
       <c r="H48" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I48" t="s">
         <v>205</v>
       </c>
       <c r="J48" t="s">
         <v>75</v>
       </c>
       <c r="K48" t="s">
         <v>44</v>
       </c>
       <c r="L48" t="s">
         <v>194</v>
       </c>
       <c r="M48" t="s">
         <v>180</v>
       </c>
       <c r="N48" t="s">
         <v>164</v>
       </c>
       <c r="O48" t="s">
         <v>129</v>
       </c>
       <c r="P48">
         <v>39</v>
       </c>
@@ -3733,98 +3733,98 @@
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>216</v>
       </c>
       <c r="C53" t="s">
         <v>217</v>
       </c>
       <c r="D53">
         <v>200</v>
       </c>
       <c r="E53">
         <v>193</v>
       </c>
       <c r="F53">
         <v>0</v>
       </c>
       <c r="G53" t="s">
         <v>134</v>
       </c>
       <c r="H53" t="s">
         <v>115</v>
       </c>
       <c r="I53" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J53" t="s">
         <v>152</v>
       </c>
       <c r="K53" t="s">
         <v>190</v>
       </c>
       <c r="L53" t="s">
         <v>218</v>
       </c>
       <c r="M53" t="s">
         <v>219</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
         <v>129</v>
       </c>
       <c r="P53">
         <v>44</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>220</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54">
         <v>200</v>
       </c>
       <c r="E54">
         <v>203</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54" t="s">
         <v>61</v>
       </c>
       <c r="H54" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="I54" t="s">
         <v>179</v>
       </c>
       <c r="J54" t="s">
         <v>212</v>
       </c>
       <c r="K54" t="s">
         <v>117</v>
       </c>
       <c r="L54" t="s">
         <v>221</v>
       </c>
       <c r="M54" t="s">
         <v>219</v>
       </c>
       <c r="N54" t="s">
         <v>49</v>
       </c>
       <c r="O54" t="s">
         <v>219</v>
       </c>
       <c r="P54">
         <v>45</v>
       </c>
@@ -3883,98 +3883,98 @@
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>224</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56">
         <v>200</v>
       </c>
       <c r="E56">
         <v>186</v>
       </c>
       <c r="F56">
         <v>0</v>
       </c>
       <c r="G56" t="s">
         <v>169</v>
       </c>
       <c r="H56" t="s">
         <v>192</v>
       </c>
       <c r="I56" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J56" t="s">
         <v>145</v>
       </c>
       <c r="K56" t="s">
         <v>171</v>
       </c>
       <c r="L56" t="s">
         <v>205</v>
       </c>
       <c r="M56" t="s">
         <v>219</v>
       </c>
       <c r="N56" t="s">
         <v>83</v>
       </c>
       <c r="O56" t="s">
         <v>219</v>
       </c>
       <c r="P56">
         <v>46</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>225</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57">
         <v>200</v>
       </c>
       <c r="E57">
         <v>171</v>
       </c>
       <c r="F57">
         <v>0</v>
       </c>
       <c r="G57" t="s">
         <v>143</v>
       </c>
       <c r="H57" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I57" t="s">
         <v>226</v>
       </c>
       <c r="J57" t="s">
         <v>218</v>
       </c>
       <c r="K57" t="s">
         <v>227</v>
       </c>
       <c r="L57" t="s">
         <v>200</v>
       </c>
       <c r="M57" t="s">
         <v>219</v>
       </c>
       <c r="N57" t="s">
         <v>87</v>
       </c>
       <c r="O57" t="s">
         <v>228</v>
       </c>
       <c r="P57">
         <v>47</v>
       </c>