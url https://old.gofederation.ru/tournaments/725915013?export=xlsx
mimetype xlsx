--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -577,286 +577,286 @@
       </c>
       <c r="M1" t="s">
         <v>7</v>
       </c>
       <c r="N1" t="s">
         <v>8</v>
       </c>
       <c r="O1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
         <v>930</v>
       </c>
       <c r="E2">
-        <v>930</v>
+        <v>955</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>14</v>
       </c>
       <c r="J2" t="s">
         <v>15</v>
       </c>
       <c r="K2" t="s">
         <v>16</v>
       </c>
       <c r="L2" t="s">
         <v>17</v>
       </c>
       <c r="M2" t="s">
         <v>18</v>
       </c>
       <c r="N2" t="s">
         <v>19</v>
       </c>
       <c r="O2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3">
         <v>1041</v>
       </c>
       <c r="E3">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3" t="s">
         <v>14</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
       <c r="J3" t="s">
         <v>12</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
       <c r="L3" t="s">
         <v>17</v>
       </c>
       <c r="M3" t="s">
         <v>18</v>
       </c>
       <c r="N3" t="s">
         <v>23</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4">
         <v>896</v>
       </c>
       <c r="E4">
-        <v>896</v>
+        <v>886</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>13</v>
       </c>
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5">
         <v>691</v>
       </c>
       <c r="E5">
-        <v>691</v>
+        <v>767</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
       <c r="J5" t="s">
         <v>26</v>
       </c>
       <c r="K5" t="s">
         <v>14</v>
       </c>
       <c r="L5" t="s">
         <v>28</v>
       </c>
       <c r="M5" t="s">
         <v>29</v>
       </c>
       <c r="N5" t="s">
         <v>17</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6">
         <v>365</v>
       </c>
       <c r="E6">
-        <v>365</v>
+        <v>493</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6" t="s">
         <v>22</v>
       </c>
       <c r="I6" t="s">
         <v>25</v>
       </c>
       <c r="J6" t="s">
         <v>14</v>
       </c>
       <c r="K6" t="s">
         <v>15</v>
       </c>
       <c r="L6" t="s">
         <v>33</v>
       </c>
       <c r="M6" t="s">
         <v>34</v>
       </c>
       <c r="N6" t="s">
         <v>35</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7">
         <v>595</v>
       </c>
       <c r="E7">
-        <v>595</v>
+        <v>568</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7" t="s">
         <v>22</v>
       </c>
       <c r="J7" t="s">
         <v>37</v>
       </c>
       <c r="K7" t="s">
         <v>25</v>
       </c>
       <c r="L7" t="s">
         <v>35</v>
       </c>
       <c r="M7" t="s">
         <v>38</v>
       </c>