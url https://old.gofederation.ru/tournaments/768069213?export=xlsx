--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -221,68 +221,68 @@
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Бомба 30_4В Бомба</t>
   </si>
   <si>
     <t>5-</t>
   </si>
   <si>
     <t>37+</t>
   </si>
   <si>
     <t>29+</t>
   </si>
   <si>
     <t>25+</t>
   </si>
   <si>
     <t>Белаев Тимофей</t>
   </si>
   <si>
     <t>6-</t>
   </si>
   <si>
+    <t>40+!</t>
+  </si>
+  <si>
+    <t>31+</t>
+  </si>
+  <si>
+    <t>27+</t>
+  </si>
+  <si>
+    <t>Чуракова София</t>
+  </si>
+  <si>
+    <t>7-</t>
+  </si>
+  <si>
     <t>39+!</t>
   </si>
   <si>
-    <t>31+</t>
-[...13 lines deleted...]
-  <si>
     <t>30+</t>
   </si>
   <si>
     <t>26-</t>
   </si>
   <si>
     <t>Антропов Олег</t>
   </si>
   <si>
     <t>8+</t>
   </si>
   <si>
     <t>38+!</t>
   </si>
   <si>
     <t>32+</t>
   </si>
   <si>
     <t>28+</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Подружки камешки 1_2 Подружки камешки</t>
@@ -488,72 +488,72 @@
   <si>
     <t>49-</t>
   </si>
   <si>
     <t>57-</t>
   </si>
   <si>
     <t>61-</t>
   </si>
   <si>
     <t>Новый Игрок</t>
   </si>
   <si>
     <t>52-!</t>
   </si>
   <si>
     <t>12-!</t>
   </si>
   <si>
     <t>60-!</t>
   </si>
   <si>
     <t>64-!</t>
   </si>
   <si>
+    <t>51-!</t>
+  </si>
+  <si>
+    <t>11-!</t>
+  </si>
+  <si>
+    <t>59-!</t>
+  </si>
+  <si>
+    <t>63-!</t>
+  </si>
+  <si>
     <t>50-!</t>
   </si>
   <si>
     <t>10-!</t>
   </si>
   <si>
     <t>58-!</t>
   </si>
   <si>
     <t>62-!</t>
-  </si>
-[...10 lines deleted...]
-    <t>63-!</t>
   </si>
   <si>
     <t>Метеорит 1_3В_2 Метеорит</t>
   </si>
   <si>
     <t>33-</t>
   </si>
   <si>
     <t>61+</t>
   </si>
   <si>
     <t>29-</t>
   </si>
   <si>
     <t>Дычкова Анна</t>
   </si>
   <si>
     <t>34-</t>
   </si>
   <si>
     <t>62+</t>
   </si>
   <si>
     <t>Черных Кирилл</t>
   </si>