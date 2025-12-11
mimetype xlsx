--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -1801,51 +1801,51 @@
       </c>
       <c r="M16" t="s">
         <v>73</v>
       </c>
       <c r="N16" t="s">
         <v>92</v>
       </c>
       <c r="O16" t="s">
         <v>93</v>
       </c>
       <c r="P16">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="E17">
         <v>1092</v>
       </c>
       <c r="F17">
         <v>4</v>
       </c>
       <c r="G17" t="s">
         <v>95</v>
       </c>
       <c r="H17" t="s">
         <v>96</v>
       </c>
       <c r="I17" t="s">
         <v>88</v>
       </c>
       <c r="J17" t="s">
         <v>77</v>
       </c>
       <c r="K17" t="s">
         <v>63</v>
       </c>
       <c r="L17" t="s">
         <v>97</v>
       </c>
@@ -2304,51 +2304,51 @@
       </c>
       <c r="N26" t="s">
         <v>143</v>
       </c>
       <c r="O26" t="s">
         <v>144</v>
       </c>
       <c r="P26">
         <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>145</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27">
         <v>867</v>
       </c>
       <c r="E27">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="F27">
         <v>3</v>
       </c>
       <c r="G27" t="s">
         <v>142</v>
       </c>
       <c r="H27" t="s">
         <v>146</v>
       </c>
       <c r="I27" t="s">
         <v>147</v>
       </c>
       <c r="J27" t="s">
         <v>117</v>
       </c>
       <c r="K27" t="s">
         <v>141</v>
       </c>
       <c r="L27" t="s">
         <v>109</v>
       </c>
       <c r="M27" t="s">
         <v>139</v>
       </c>
@@ -2401,54 +2401,54 @@
       </c>
       <c r="M28" t="s">
         <v>139</v>
       </c>
       <c r="N28" t="s">
         <v>149</v>
       </c>
       <c r="O28" t="s">
         <v>150</v>
       </c>
       <c r="P28">
         <v>27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>151</v>
       </c>
       <c r="C29" t="s">
         <v>152</v>
       </c>
       <c r="D29">
-        <v>985</v>
+        <v>802</v>
       </c>
       <c r="E29">
-        <v>1039</v>
+        <v>1009</v>
       </c>
       <c r="F29">
         <v>3</v>
       </c>
       <c r="G29" t="s">
         <v>104</v>
       </c>
       <c r="H29" t="s">
         <v>72</v>
       </c>
       <c r="I29" t="s">
         <v>72</v>
       </c>
       <c r="J29" t="s">
         <v>132</v>
       </c>
       <c r="K29" t="s">
         <v>96</v>
       </c>
       <c r="L29" t="s">
         <v>153</v>
       </c>
       <c r="M29" t="s">
         <v>139</v>
       </c>
@@ -2504,51 +2504,51 @@
       </c>
       <c r="N30" t="s">
         <v>160</v>
       </c>
       <c r="O30" t="s">
         <v>125</v>
       </c>
       <c r="P30">
         <v>29</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>161</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31">
         <v>785</v>
       </c>
       <c r="E31">
-        <v>883</v>
+        <v>874</v>
       </c>
       <c r="F31">
         <v>2</v>
       </c>
       <c r="G31" t="s">
         <v>147</v>
       </c>
       <c r="H31" t="s">
         <v>133</v>
       </c>
       <c r="I31" t="s">
         <v>138</v>
       </c>
       <c r="J31" t="s">
         <v>157</v>
       </c>
       <c r="K31" t="s">
         <v>132</v>
       </c>
       <c r="L31" t="s">
         <v>162</v>
       </c>
       <c r="M31" t="s">
         <v>139</v>
       </c>
@@ -2654,51 +2654,51 @@
       </c>
       <c r="N33" t="s">
         <v>169</v>
       </c>
       <c r="O33" t="s">
         <v>40</v>
       </c>
       <c r="P33">
         <v>32</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>170</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34">
         <v>853</v>
       </c>
       <c r="E34">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="F34">
         <v>3</v>
       </c>
       <c r="G34" t="s">
         <v>102</v>
       </c>
       <c r="H34" t="s">
         <v>166</v>
       </c>
       <c r="I34" t="s">
         <v>159</v>
       </c>
       <c r="J34" t="s">
         <v>142</v>
       </c>
       <c r="K34" t="s">
         <v>153</v>
       </c>
       <c r="L34" t="s">
         <v>171</v>
       </c>
       <c r="M34" t="s">
         <v>144</v>
       </c>