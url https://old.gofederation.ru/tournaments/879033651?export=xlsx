--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -700,756 +700,756 @@
       </c>
       <c r="M1" t="s">
         <v>7</v>
       </c>
       <c r="N1" t="s">
         <v>8</v>
       </c>
       <c r="O1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
         <v>656</v>
       </c>
       <c r="E2">
-        <v>656</v>
+        <v>678</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>14</v>
       </c>
       <c r="J2" t="s">
         <v>15</v>
       </c>
       <c r="K2" t="s">
         <v>16</v>
       </c>
       <c r="L2" t="s">
         <v>17</v>
       </c>
       <c r="M2" t="s">
         <v>18</v>
       </c>
       <c r="N2" t="s">
         <v>18</v>
       </c>
       <c r="O2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3">
         <v>150</v>
       </c>
       <c r="E3">
-        <v>150</v>
+        <v>270</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>15</v>
       </c>
       <c r="L3" t="s">
         <v>24</v>
       </c>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4">
         <v>30</v>
       </c>
       <c r="E4">
-        <v>30</v>
+        <v>266</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>23</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
       <c r="K4" t="s">
         <v>29</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
         <v>31</v>
       </c>
       <c r="N4" t="s">
         <v>32</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5">
         <v>194</v>
       </c>
       <c r="E5">
-        <v>194</v>
+        <v>245</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
       <c r="H5" t="s">
         <v>35</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
       <c r="L5" t="s">
         <v>30</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>36</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6">
         <v>543</v>
       </c>
       <c r="E6">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
       <c r="I6" t="s">
         <v>35</v>
       </c>
       <c r="J6" t="s">
         <v>29</v>
       </c>
       <c r="K6" t="s">
         <v>21</v>
       </c>
       <c r="L6" t="s">
         <v>30</v>
       </c>
       <c r="M6" t="s">
         <v>40</v>
       </c>
       <c r="N6" t="s">
         <v>41</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7">
         <v>72</v>
       </c>
       <c r="E7">
-        <v>72</v>
+        <v>129</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
       <c r="J7" t="s">
         <v>45</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7" t="s">
         <v>40</v>
       </c>
       <c r="N7" t="s">
         <v>46</v>
       </c>
       <c r="O7">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8">
         <v>90</v>
       </c>
       <c r="E8">
-        <v>90</v>
+        <v>140</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8" t="s">
         <v>21</v>
       </c>
       <c r="H8" t="s">
         <v>22</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
       <c r="J8" t="s">
         <v>43</v>
       </c>
       <c r="K8" t="s">
         <v>45</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
         <v>49</v>
       </c>
       <c r="N8" t="s">
         <v>50</v>
       </c>
       <c r="O8">
         <v>7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9">
         <v>109</v>
       </c>
       <c r="E9">
-        <v>109</v>
+        <v>185</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
       <c r="H9" t="s">
         <v>45</v>
       </c>
       <c r="I9" t="s">
         <v>20</v>
       </c>
       <c r="J9" t="s">
         <v>39</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
       <c r="L9" t="s">
         <v>30</v>
       </c>
       <c r="M9" t="s">
         <v>53</v>
       </c>
       <c r="N9" t="s">
         <v>50</v>
       </c>
       <c r="O9">
         <v>8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10">
         <v>40</v>
       </c>
       <c r="E10">
-        <v>40</v>
+        <v>97</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10" t="s">
         <v>29</v>
       </c>
       <c r="H10" t="s">
         <v>34</v>
       </c>
       <c r="I10" t="s">
         <v>55</v>
       </c>
       <c r="J10" t="s">
         <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>39</v>
       </c>
       <c r="L10" t="s">
         <v>56</v>
       </c>
       <c r="M10" t="s">
         <v>57</v>
       </c>
       <c r="N10" t="s">
         <v>17</v>
       </c>
       <c r="O10">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11">
         <v>293</v>
       </c>
       <c r="E11">
-        <v>293</v>
+        <v>319</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11" t="s">
         <v>38</v>
       </c>
       <c r="H11" t="s">
         <v>59</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
       <c r="J11" t="s">
         <v>55</v>
       </c>
       <c r="K11" t="s">
         <v>60</v>
       </c>
       <c r="L11" t="s">
         <v>56</v>
       </c>
       <c r="M11" t="s">
         <v>40</v>
       </c>
       <c r="N11" t="s">
         <v>50</v>
       </c>
       <c r="O11">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12" t="s">
         <v>62</v>
       </c>
       <c r="H12" t="s">
         <v>29</v>
       </c>
       <c r="I12" t="s">
         <v>63</v>
       </c>
       <c r="J12" t="s">
         <v>64</v>
       </c>
       <c r="K12" t="s">
         <v>59</v>
       </c>
       <c r="L12" t="s">
         <v>56</v>
       </c>
       <c r="M12" t="s">
         <v>53</v>
       </c>
       <c r="N12" t="s">
         <v>65</v>
       </c>
       <c r="O12">
         <v>11</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>117</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13" t="s">
         <v>64</v>
       </c>
       <c r="H13" t="s">
         <v>52</v>
       </c>
       <c r="I13" t="s">
         <v>34</v>
       </c>
       <c r="J13" t="s">
         <v>62</v>
       </c>
       <c r="K13" t="s">
         <v>63</v>
       </c>
       <c r="L13" t="s">
         <v>56</v>
       </c>
       <c r="M13" t="s">
         <v>67</v>
       </c>
       <c r="N13" t="s">
         <v>24</v>
       </c>
       <c r="O13">
         <v>12</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>68</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14">
         <v>50</v>
       </c>
       <c r="E14">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14" t="s">
         <v>44</v>
       </c>
       <c r="H14" t="s">
         <v>60</v>
       </c>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
         <v>63</v>
       </c>
       <c r="K14" t="s">
         <v>64</v>
       </c>
       <c r="L14" t="s">
         <v>56</v>
       </c>
       <c r="M14" t="s">
         <v>32</v>
       </c>
       <c r="N14" t="s">
         <v>65</v>
       </c>
       <c r="O14">
         <v>13</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15" t="s">
         <v>63</v>
       </c>
       <c r="H15" t="s">
         <v>55</v>
       </c>
       <c r="I15" t="s">
         <v>71</v>
       </c>
       <c r="J15" t="s">
         <v>52</v>
       </c>
       <c r="K15" t="s">
         <v>62</v>
       </c>
       <c r="L15" t="s">
         <v>72</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>72</v>
       </c>
       <c r="O15">
         <v>14</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16">
         <v>0</v>
       </c>
       <c r="E16">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
       <c r="H16" t="s">
         <v>74</v>
       </c>
       <c r="I16" t="s">
         <v>45</v>
       </c>
       <c r="J16" t="s">
         <v>75</v>
       </c>
       <c r="K16" t="s">
         <v>76</v>
       </c>
       <c r="L16" t="s">
         <v>72</v>
       </c>
       <c r="M16" t="s">
         <v>77</v>
       </c>
       <c r="N16" t="s">
         <v>72</v>
       </c>
       <c r="O16">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
       <c r="E17">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17" t="s">
         <v>79</v>
       </c>
       <c r="H17" t="s">
         <v>64</v>
       </c>
       <c r="I17" t="s">
         <v>75</v>
       </c>
       <c r="J17" t="s">
         <v>76</v>
       </c>
       <c r="K17" t="s">
         <v>69</v>
       </c>
       <c r="L17" t="s">
         <v>72</v>
       </c>
       <c r="M17" t="s">
         <v>77</v>
       </c>