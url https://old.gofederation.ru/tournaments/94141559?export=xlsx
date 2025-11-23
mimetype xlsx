--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -491,83 +491,83 @@
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Нижний Новгород Нижний Новгород</t>
   </si>
   <si>
     <t>29-</t>
   </si>
   <si>
     <t>77+</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Куколев Демид</t>
   </si>
   <si>
     <t>Нижний Новгород</t>
   </si>
   <si>
     <t>30-</t>
   </si>
   <si>
+    <t>78+</t>
+  </si>
+  <si>
+    <t>Смирнова Алиса</t>
+  </si>
+  <si>
+    <t>Арзамас</t>
+  </si>
+  <si>
+    <t>25-</t>
+  </si>
+  <si>
+    <t>31-</t>
+  </si>
+  <si>
+    <t>80+</t>
+  </si>
+  <si>
+    <t>5-</t>
+  </si>
+  <si>
+    <t>Остроумов Андрей</t>
+  </si>
+  <si>
+    <t>26-</t>
+  </si>
+  <si>
+    <t>32-</t>
+  </si>
+  <si>
     <t>79+</t>
   </si>
   <si>
-    <t>Смирнова Алиса</t>
-[...28 lines deleted...]
-  <si>
     <t>6-</t>
   </si>
   <si>
     <t>Сейфетдинова Мария</t>
   </si>
   <si>
     <t>Кислов Александр</t>
   </si>
   <si>
     <t>Смирнов Савелий</t>
   </si>
   <si>
     <t>Петрозаводск Петрозаводск</t>
   </si>
   <si>
     <t>36-</t>
   </si>
   <si>
     <t>Доскал Ярослав</t>
   </si>
   <si>
     <t>Петрозаводск</t>
   </si>
   <si>
     <t>71+</t>
@@ -710,63 +710,63 @@
   <si>
     <t>Сотников Андрей</t>
   </si>
   <si>
     <t>68-</t>
   </si>
   <si>
     <t>Сивцев Константин</t>
   </si>
   <si>
     <t>56-</t>
   </si>
   <si>
     <t>Барахсанова Дайаана</t>
   </si>
   <si>
     <t>69-</t>
   </si>
   <si>
     <t>Чётная команда Чётная команда</t>
   </si>
   <si>
     <t>70-</t>
   </si>
   <si>
+    <t xml:space="preserve">Игрок 1 </t>
+  </si>
+  <si>
+    <t>65-</t>
+  </si>
+  <si>
+    <t>71-</t>
+  </si>
+  <si>
     <t xml:space="preserve">Игрок 3 </t>
   </si>
   <si>
     <t>72-</t>
-  </si>
-[...7 lines deleted...]
-    <t>71-</t>
   </si>
   <si>
     <t xml:space="preserve">Игрок 2 </t>
   </si>
   <si>
     <t>66-</t>
   </si>
   <si>
     <t>73-</t>
   </si>
   <si>
     <t>11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <color theme="1"/>
       <scheme val="minor"/>
@@ -4802,110 +4802,110 @@
       </c>
       <c r="O78">
         <v>12</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>230</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79">
         <v>0</v>
       </c>
       <c r="E79">
         <v>0</v>
       </c>
       <c r="F79">
         <v>0</v>
       </c>
       <c r="G79" t="s">
-        <v>192</v>
+        <v>231</v>
       </c>
       <c r="H79" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I79" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="J79" t="s">
-        <v>212</v>
+        <v>112</v>
       </c>
       <c r="K79" t="s">
-        <v>225</v>
+        <v>139</v>
       </c>
       <c r="L79" t="s">
         <v>50</v>
       </c>
       <c r="M79" t="s">
         <v>91</v>
       </c>
       <c r="N79" t="s">
         <v>50</v>
       </c>
       <c r="O79">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80">
         <v>0</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
       <c r="G80" t="s">
-        <v>233</v>
+        <v>192</v>
       </c>
       <c r="H80" t="s">
         <v>234</v>
       </c>
       <c r="I80" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="J80" t="s">
-        <v>112</v>
+        <v>212</v>
       </c>
       <c r="K80" t="s">
-        <v>139</v>
+        <v>225</v>
       </c>
       <c r="L80" t="s">
         <v>50</v>
       </c>
       <c r="M80" t="s">
         <v>91</v>
       </c>
       <c r="N80" t="s">
         <v>50</v>
       </c>
       <c r="O80">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>235</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81">